--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1177">
   <si>
     <t>İş Yeri Tam Unvanı</t>
   </si>
   <si>
     <t>Merkez Adresi</t>
   </si>
   <si>
     <t>İş Yeri Telefon No</t>
   </si>
   <si>
     <t>İş Yeri Faks No</t>
   </si>
   <si>
     <t>Kurumsal E-Posta Adresi</t>
   </si>
   <si>
     <t>Web Adresi</t>
   </si>
   <si>
     <t>ACARER METAL SANAYİ TİC. A.Ş.</t>
   </si>
   <si>
     <t xml:space="preserve">Büyükdere Caddesi Apagiz Plaza
 No:191 Kat: 11 Levent, İSTANBUL
 </t>
@@ -818,51 +818,51 @@
   <si>
     <t>BURDÖKSAN DÖKÜM MAD. LTD ŞTİ</t>
   </si>
   <si>
     <t>Kayapa Sanayi Bölgesi 13. Sokak No:3 Nilüfer, BURSA</t>
   </si>
   <si>
     <t>0224 493 26 06</t>
   </si>
   <si>
     <t>0224 493 26 09</t>
   </si>
   <si>
     <t xml:space="preserve">info@burdoksan.com </t>
   </si>
   <si>
     <t>http://www.burdoksan.com/</t>
   </si>
   <si>
     <t>CAN METAL ENJEKSİYON DÖK.SAN. TİC. A.Ş.</t>
   </si>
   <si>
     <t>Hasanağa OSB Mah. 12. Cadde No: 2, Nilüfer BURSA</t>
   </si>
   <si>
-    <t>0224 484 23 30</t>
+    <t>0224 909 80 70</t>
   </si>
   <si>
     <t>0224 484 29 39</t>
   </si>
   <si>
     <t>canmetal@yesilova.com.tr</t>
   </si>
   <si>
     <t>http://www.canmetal.com.tr/</t>
   </si>
   <si>
     <t>CANBİLENLER DÖKÜM MAK. SAN. TİC. LTD. ŞTİ.</t>
   </si>
   <si>
     <t xml:space="preserve">Büyük Kayacık Mah. KOS Bölgesi
 4. Sokak No:5 Selçuklu, KONYA
 </t>
   </si>
   <si>
     <t xml:space="preserve">0332 342 10 70 </t>
   </si>
   <si>
     <t>0332 342 09 98</t>
   </si>
   <si>
@@ -2833,59 +2833,55 @@
   <si>
     <t>https://www.ortadogumineral.com/</t>
   </si>
   <si>
     <t>ÖZEN MAKİNA SAN. KOLL. ŞTİ.</t>
   </si>
   <si>
     <t>Gümüşsuyu Cad. Yalçın Sanayi Sitesi No:24 34010 Topkapı/İSTANBUL</t>
   </si>
   <si>
     <t>(0212) 544 44 31</t>
   </si>
   <si>
     <t>(0212) 576 37 60</t>
   </si>
   <si>
     <t>ender@ozenmakina.com</t>
   </si>
   <si>
     <t>https://www.ozenmakina.com/</t>
   </si>
   <si>
     <t>ÖZGÜMÜŞ DÖKÜM SAN. TİC. A.Ş.</t>
   </si>
   <si>
-    <t xml:space="preserve">Yeşiloba Mah. 46142. Sokak No:45/A
-[...7 lines deleted...]
-    <t>0322 441 14 14</t>
+    <t xml:space="preserve">Kurbanlı Mh. OSB 1027 Sk. No:4 Tarsus / MERSİN
+</t>
+  </si>
+  <si>
+    <t>0324 503 0040/41</t>
   </si>
   <si>
     <t xml:space="preserve">info@ozgumus.com.tr  </t>
   </si>
   <si>
     <t>http://www.ozgumus.com.tr/</t>
   </si>
   <si>
     <t>ÖZGÜR DÖKÜM MAKİNA SAN. A.Ş.</t>
   </si>
   <si>
     <t>Alcı OSB Mah. 2000. Cadde No:8 Sincan, ANKARA</t>
   </si>
   <si>
     <t>0312 267 12 10</t>
   </si>
   <si>
     <t>0312 267 12 11</t>
   </si>
   <si>
     <t>info@ozgurdokum.com.tr</t>
   </si>
   <si>
     <t>https://www.ozgurdokum.com.tr/</t>
   </si>
@@ -2962,50 +2958,65 @@
   <si>
     <t xml:space="preserve">info@pinardokum.com.tr </t>
   </si>
   <si>
     <t>http://www.pinardokum.com.tr/</t>
   </si>
   <si>
     <t>PROMETAL HAF. MET. DÖKÜM SAN. TİC. LTD. ŞTİ.</t>
   </si>
   <si>
     <t xml:space="preserve">Organize San. Böl. Pembe Cad. No:5
 Nilüfer,BURSA
 </t>
   </si>
   <si>
     <t>0224 241 71 71</t>
   </si>
   <si>
     <t>0224 241 51 10</t>
   </si>
   <si>
     <t>prometal@prometaltr.com</t>
   </si>
   <si>
     <t>http://www.prometaltr.com/</t>
+  </si>
+  <si>
+    <t>PROTON OTOMASYON ELEKTRİK MAK. İNŞ. TAAHHÜT SAN. VE TİC. LTD. ŞTİ.</t>
+  </si>
+  <si>
+    <t>Akçeşme Mah. Bozburun Cad. No:2 20020 Merkezefendi - DENİZLİ</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +90 258 372 11 33</t>
+  </si>
+  <si>
+    <t>info@rcicast.com</t>
+  </si>
+  <si>
+    <t>https://www.proton.com.tr/tr/</t>
   </si>
   <si>
     <t>PTC KİMYA ENDÜSTRİ MALZEMELERİ SAN. VE TİC. LTD. ŞTİ.</t>
   </si>
   <si>
     <t>İkitelli Organize Sanayi Bölgesi, Mutfakçılar Sanayi Sitesi (MUTSAN) M10 Blok, No: 6 - 8 İkitelli - İSTANBUL</t>
   </si>
   <si>
     <t>0212 427 88 66</t>
   </si>
   <si>
     <t>0212 427 88 33</t>
   </si>
   <si>
     <t>info@ptcmetalurji.com.tr</t>
   </si>
   <si>
     <t>https://www.ptckimya.com.tr/tr/</t>
   </si>
   <si>
     <t>ROLMAK DÖKÜM SAN. VE TİC. LTD. ŞTİ.</t>
   </si>
   <si>
     <t>Akören Köyü OSB Buket Sok. No: 7/1 Merkez, KARABÜK</t>
   </si>
@@ -4021,51 +4032,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F199"/>
+  <dimension ref="A1:F200"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -7083,934 +7094,950 @@
         <v>900</v>
       </c>
       <c r="C154" t="s">
         <v>901</v>
       </c>
       <c r="D154" t="s">
         <v>902</v>
       </c>
       <c r="E154" t="s">
         <v>903</v>
       </c>
       <c r="F154" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
         <v>905</v>
       </c>
       <c r="B155" t="s">
         <v>906</v>
       </c>
       <c r="C155" t="s">
         <v>907</v>
       </c>
-      <c r="D155" t="s">
+      <c r="D155"/>
+      <c r="E155" t="s">
         <v>908</v>
       </c>
-      <c r="E155" t="s">
+      <c r="F155" t="s">
         <v>909</v>
-      </c>
-[...1 lines deleted...]
-        <v>910</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
+        <v>910</v>
+      </c>
+      <c r="B156" t="s">
         <v>911</v>
       </c>
-      <c r="B156" t="s">
+      <c r="C156" t="s">
         <v>912</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" t="s">
         <v>913</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" t="s">
         <v>914</v>
       </c>
-      <c r="E156" t="s">
+      <c r="F156" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
+        <v>916</v>
+      </c>
+      <c r="B157" t="s">
         <v>917</v>
       </c>
-      <c r="B157" t="s">
+      <c r="C157" t="s">
         <v>918</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
         <v>919</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" t="s">
         <v>920</v>
       </c>
-      <c r="E157" t="s">
+      <c r="F157" t="s">
         <v>921</v>
-      </c>
-[...1 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
+        <v>922</v>
+      </c>
+      <c r="B158" t="s">
         <v>923</v>
       </c>
-      <c r="B158" t="s">
+      <c r="C158" t="s">
         <v>924</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
         <v>925</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" t="s">
         <v>926</v>
       </c>
-      <c r="E158" t="s">
+      <c r="F158" t="s">
         <v>927</v>
-      </c>
-[...1 lines deleted...]
-        <v>928</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
+        <v>928</v>
+      </c>
+      <c r="B159" t="s">
         <v>929</v>
       </c>
-      <c r="B159" t="s">
+      <c r="C159" t="s">
         <v>930</v>
       </c>
-      <c r="C159" t="s">
+      <c r="D159" t="s">
         <v>931</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159" t="s">
         <v>932</v>
       </c>
-      <c r="E159" t="s">
+      <c r="F159" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
+        <v>934</v>
+      </c>
+      <c r="B160" t="s">
         <v>935</v>
       </c>
-      <c r="B160" t="s">
+      <c r="C160" t="s">
         <v>936</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
         <v>937</v>
       </c>
-      <c r="D160" t="s">
+      <c r="E160" t="s">
         <v>938</v>
       </c>
-      <c r="E160" t="s">
+      <c r="F160" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
+        <v>940</v>
+      </c>
+      <c r="B161" t="s">
         <v>941</v>
       </c>
-      <c r="B161" t="s">
+      <c r="C161" t="s">
         <v>942</v>
       </c>
-      <c r="C161" t="s">
+      <c r="D161" t="s">
         <v>943</v>
       </c>
-      <c r="D161" t="s">
+      <c r="E161" t="s">
         <v>944</v>
       </c>
-      <c r="E161" t="s">
+      <c r="F161" t="s">
         <v>945</v>
-      </c>
-[...1 lines deleted...]
-        <v>946</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
+        <v>946</v>
+      </c>
+      <c r="B162" t="s">
         <v>947</v>
       </c>
-      <c r="B162" t="s">
+      <c r="C162" t="s">
         <v>948</v>
       </c>
-      <c r="C162" t="s">
+      <c r="D162"/>
+      <c r="E162" t="s">
         <v>949</v>
       </c>
-      <c r="D162" t="s">
+      <c r="F162" t="s">
         <v>950</v>
-      </c>
-[...4 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
+        <v>951</v>
+      </c>
+      <c r="B163" t="s">
+        <v>952</v>
+      </c>
+      <c r="C163" t="s">
         <v>953</v>
       </c>
-      <c r="B163" t="s">
+      <c r="D163" t="s">
         <v>954</v>
       </c>
-      <c r="C163" t="s">
+      <c r="E163" t="s">
         <v>955</v>
       </c>
-      <c r="D163" t="s">
+      <c r="F163" t="s">
         <v>956</v>
-      </c>
-[...4 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
+        <v>957</v>
+      </c>
+      <c r="B164" t="s">
+        <v>958</v>
+      </c>
+      <c r="C164" t="s">
         <v>959</v>
       </c>
-      <c r="B164" t="s">
+      <c r="D164" t="s">
         <v>960</v>
       </c>
-      <c r="C164" t="s">
+      <c r="E164" t="s">
         <v>961</v>
       </c>
-      <c r="D164" t="s">
+      <c r="F164" t="s">
         <v>962</v>
-      </c>
-[...4 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
+        <v>963</v>
+      </c>
+      <c r="B165" t="s">
+        <v>964</v>
+      </c>
+      <c r="C165" t="s">
         <v>965</v>
       </c>
-      <c r="B165" t="s">
+      <c r="D165" t="s">
         <v>966</v>
       </c>
-      <c r="C165" t="s">
+      <c r="E165" t="s">
         <v>967</v>
       </c>
-      <c r="D165" t="s">
+      <c r="F165" t="s">
         <v>968</v>
-      </c>
-[...4 lines deleted...]
-        <v>970</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
+        <v>969</v>
+      </c>
+      <c r="B166" t="s">
+        <v>970</v>
+      </c>
+      <c r="C166" t="s">
         <v>971</v>
       </c>
-      <c r="B166" t="s">
+      <c r="D166" t="s">
         <v>972</v>
       </c>
-      <c r="C166" t="s">
+      <c r="E166" t="s">
         <v>973</v>
       </c>
-      <c r="D166" t="s">
+      <c r="F166" t="s">
         <v>974</v>
-      </c>
-[...4 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
+        <v>975</v>
+      </c>
+      <c r="B167" t="s">
+        <v>976</v>
+      </c>
+      <c r="C167" t="s">
         <v>977</v>
       </c>
-      <c r="B167" t="s">
+      <c r="D167" t="s">
         <v>978</v>
       </c>
-      <c r="C167" t="s">
+      <c r="E167" t="s">
         <v>979</v>
       </c>
-      <c r="D167" t="s">
+      <c r="F167" t="s">
         <v>980</v>
-      </c>
-[...4 lines deleted...]
-        <v>982</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
+        <v>981</v>
+      </c>
+      <c r="B168" t="s">
+        <v>982</v>
+      </c>
+      <c r="C168" t="s">
         <v>983</v>
       </c>
-      <c r="B168" t="s">
+      <c r="D168" t="s">
         <v>984</v>
       </c>
-      <c r="C168" t="s">
+      <c r="E168" t="s">
         <v>985</v>
       </c>
-      <c r="D168" t="s">
+      <c r="F168" t="s">
         <v>986</v>
-      </c>
-[...4 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
+        <v>987</v>
+      </c>
+      <c r="B169" t="s">
+        <v>988</v>
+      </c>
+      <c r="C169" t="s">
         <v>989</v>
       </c>
-      <c r="B169" t="s">
+      <c r="D169" t="s">
         <v>990</v>
       </c>
-      <c r="C169" t="s">
+      <c r="E169" t="s">
         <v>991</v>
       </c>
-      <c r="D169" t="s">
+      <c r="F169" t="s">
         <v>992</v>
-      </c>
-[...4 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
+        <v>993</v>
+      </c>
+      <c r="B170" t="s">
+        <v>994</v>
+      </c>
+      <c r="C170" t="s">
         <v>995</v>
       </c>
-      <c r="B170" t="s">
+      <c r="D170" t="s">
         <v>996</v>
       </c>
-      <c r="C170" t="s">
+      <c r="E170" t="s">
         <v>997</v>
       </c>
-      <c r="D170" t="s">
+      <c r="F170" t="s">
         <v>998</v>
-      </c>
-[...4 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
+        <v>999</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C171" t="s">
         <v>1001</v>
       </c>
-      <c r="B171" t="s">
+      <c r="D171" t="s">
         <v>1002</v>
       </c>
-      <c r="C171" t="s">
+      <c r="E171" t="s">
         <v>1003</v>
       </c>
-      <c r="D171" t="s">
+      <c r="F171" t="s">
         <v>1004</v>
-      </c>
-[...4 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C172" t="s">
         <v>1007</v>
       </c>
-      <c r="B172" t="s">
+      <c r="D172" t="s">
         <v>1008</v>
       </c>
-      <c r="C172" t="s">
+      <c r="E172" t="s">
         <v>1009</v>
       </c>
-      <c r="D172" t="s">
+      <c r="F172" t="s">
         <v>1010</v>
-      </c>
-[...4 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C173" t="s">
         <v>1013</v>
       </c>
-      <c r="B173" t="s">
+      <c r="D173" t="s">
         <v>1014</v>
       </c>
-      <c r="C173" t="s">
+      <c r="E173" t="s">
         <v>1015</v>
       </c>
-      <c r="D173" t="s">
+      <c r="F173" t="s">
         <v>1016</v>
-      </c>
-[...4 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C174" t="s">
         <v>1019</v>
       </c>
-      <c r="B174" t="s">
+      <c r="D174" t="s">
         <v>1020</v>
       </c>
-      <c r="C174" t="s">
+      <c r="E174" t="s">
         <v>1021</v>
       </c>
-      <c r="D174" t="s">
+      <c r="F174" t="s">
         <v>1022</v>
-      </c>
-[...4 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C175" t="s">
         <v>1025</v>
       </c>
-      <c r="B175" t="s">
+      <c r="D175" t="s">
         <v>1026</v>
       </c>
-      <c r="C175" t="s">
+      <c r="E175" t="s">
         <v>1027</v>
       </c>
-      <c r="D175" t="s">
+      <c r="F175" t="s">
         <v>1028</v>
-      </c>
-[...4 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C176" t="s">
         <v>1031</v>
       </c>
-      <c r="B176" t="s">
+      <c r="D176" t="s">
         <v>1032</v>
       </c>
-      <c r="C176" t="s">
+      <c r="E176" t="s">
         <v>1033</v>
       </c>
-      <c r="D176" t="s">
+      <c r="F176" t="s">
         <v>1034</v>
-      </c>
-[...4 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C177" t="s">
         <v>1037</v>
       </c>
-      <c r="B177" t="s">
+      <c r="D177" t="s">
         <v>1038</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" t="s">
         <v>1039</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" t="s">
         <v>1040</v>
-      </c>
-[...2 lines deleted...]
-        <v>1041</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B178" t="s">
         <v>1042</v>
       </c>
-      <c r="B178" t="s">
+      <c r="C178" t="s">
         <v>1043</v>
       </c>
-      <c r="C178" t="s">
+      <c r="D178" t="s">
         <v>1044</v>
       </c>
-      <c r="D178" t="s">
+      <c r="E178"/>
+      <c r="F178" t="s">
         <v>1045</v>
-      </c>
-[...4 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C179" t="s">
         <v>1048</v>
       </c>
-      <c r="B179" t="s">
+      <c r="D179" t="s">
         <v>1049</v>
       </c>
-      <c r="C179" t="s">
+      <c r="E179" t="s">
         <v>1050</v>
       </c>
-      <c r="D179" t="s">
+      <c r="F179" t="s">
         <v>1051</v>
-      </c>
-[...4 lines deleted...]
-        <v>1053</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C180" t="s">
         <v>1054</v>
       </c>
-      <c r="B180" t="s">
+      <c r="D180" t="s">
         <v>1055</v>
       </c>
-      <c r="C180" t="s">
+      <c r="E180" t="s">
         <v>1056</v>
       </c>
-      <c r="D180" t="s">
+      <c r="F180" t="s">
         <v>1057</v>
-      </c>
-[...4 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C181" t="s">
         <v>1060</v>
       </c>
-      <c r="B181" t="s">
+      <c r="D181" t="s">
         <v>1061</v>
       </c>
-      <c r="C181" t="s">
+      <c r="E181" t="s">
         <v>1062</v>
       </c>
-      <c r="D181"/>
-      <c r="E181" t="s">
+      <c r="F181" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B182" t="s">
         <v>1065</v>
       </c>
-      <c r="B182" t="s">
+      <c r="C182" t="s">
         <v>1066</v>
       </c>
-      <c r="C182" t="s">
+      <c r="D182"/>
+      <c r="E182" t="s">
         <v>1067</v>
       </c>
-      <c r="D182" t="s">
+      <c r="F182" t="s">
         <v>1068</v>
-      </c>
-[...4 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B183" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C183" t="s">
         <v>1071</v>
       </c>
-      <c r="B183" t="s">
+      <c r="D183" t="s">
         <v>1072</v>
       </c>
-      <c r="C183" t="s">
+      <c r="E183" t="s">
         <v>1073</v>
       </c>
-      <c r="D183" t="s">
+      <c r="F183" t="s">
         <v>1074</v>
-      </c>
-[...4 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B184" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C184" t="s">
         <v>1077</v>
       </c>
-      <c r="B184" t="s">
+      <c r="D184" t="s">
         <v>1078</v>
       </c>
-      <c r="C184" t="s">
+      <c r="E184" t="s">
         <v>1079</v>
       </c>
-      <c r="D184" t="s">
+      <c r="F184" t="s">
         <v>1080</v>
-      </c>
-[...4 lines deleted...]
-        <v>1082</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B185" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C185" t="s">
         <v>1083</v>
       </c>
-      <c r="B185" t="s">
+      <c r="D185" t="s">
         <v>1084</v>
       </c>
-      <c r="C185" t="s">
+      <c r="E185" t="s">
         <v>1085</v>
       </c>
-      <c r="D185" t="s">
+      <c r="F185" t="s">
         <v>1086</v>
-      </c>
-[...4 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B186" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C186" t="s">
         <v>1089</v>
       </c>
-      <c r="B186" t="s">
+      <c r="D186" t="s">
         <v>1090</v>
       </c>
-      <c r="C186" t="s">
+      <c r="E186" t="s">
         <v>1091</v>
       </c>
-      <c r="D186" t="s">
+      <c r="F186" t="s">
         <v>1092</v>
-      </c>
-[...4 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B187" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C187" t="s">
         <v>1095</v>
       </c>
-      <c r="B187" t="s">
+      <c r="D187" t="s">
         <v>1096</v>
       </c>
-      <c r="C187" t="s">
+      <c r="E187" t="s">
         <v>1097</v>
       </c>
-      <c r="D187" t="s">
+      <c r="F187" t="s">
         <v>1098</v>
-      </c>
-[...4 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C188" t="s">
         <v>1101</v>
       </c>
-      <c r="B188" t="s">
+      <c r="D188" t="s">
         <v>1102</v>
       </c>
-      <c r="C188" t="s">
+      <c r="E188" t="s">
         <v>1103</v>
       </c>
-      <c r="D188" t="s">
+      <c r="F188" t="s">
         <v>1104</v>
-      </c>
-[...4 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C189" t="s">
         <v>1107</v>
       </c>
-      <c r="B189" t="s">
+      <c r="D189" t="s">
         <v>1108</v>
       </c>
-      <c r="C189" t="s">
+      <c r="E189" t="s">
         <v>1109</v>
       </c>
-      <c r="D189" t="s">
+      <c r="F189" t="s">
         <v>1110</v>
-      </c>
-[...4 lines deleted...]
-        <v>1112</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C190" t="s">
         <v>1113</v>
       </c>
-      <c r="B190" t="s">
+      <c r="D190" t="s">
         <v>1114</v>
       </c>
-      <c r="C190" t="s">
+      <c r="E190" t="s">
         <v>1115</v>
       </c>
-      <c r="D190" t="s">
+      <c r="F190" t="s">
         <v>1116</v>
-      </c>
-[...4 lines deleted...]
-        <v>1118</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C191" t="s">
         <v>1119</v>
       </c>
-      <c r="B191" t="s">
+      <c r="D191" t="s">
         <v>1120</v>
       </c>
-      <c r="C191" t="s">
+      <c r="E191" t="s">
         <v>1121</v>
       </c>
-      <c r="D191" t="s">
+      <c r="F191" t="s">
         <v>1122</v>
-      </c>
-[...4 lines deleted...]
-        <v>1124</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C192" t="s">
         <v>1125</v>
       </c>
-      <c r="B192" t="s">
+      <c r="D192" t="s">
         <v>1126</v>
       </c>
-      <c r="C192" t="s">
+      <c r="E192" t="s">
         <v>1127</v>
       </c>
-      <c r="D192" t="s">
+      <c r="F192" t="s">
         <v>1128</v>
-      </c>
-[...4 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C193" t="s">
         <v>1131</v>
       </c>
-      <c r="B193" t="s">
+      <c r="D193" t="s">
         <v>1132</v>
       </c>
-      <c r="C193" t="s">
+      <c r="E193" t="s">
         <v>1133</v>
       </c>
-      <c r="D193" t="s">
+      <c r="F193" t="s">
         <v>1134</v>
-      </c>
-[...4 lines deleted...]
-        <v>1136</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C194" t="s">
         <v>1137</v>
       </c>
-      <c r="B194" t="s">
+      <c r="D194" t="s">
         <v>1138</v>
       </c>
-      <c r="C194" t="s">
+      <c r="E194" t="s">
         <v>1139</v>
       </c>
-      <c r="D194" t="s">
+      <c r="F194" t="s">
         <v>1140</v>
-      </c>
-[...4 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C195" t="s">
         <v>1143</v>
       </c>
-      <c r="B195" t="s">
+      <c r="D195" t="s">
         <v>1144</v>
       </c>
-      <c r="C195" t="s">
+      <c r="E195" t="s">
         <v>1145</v>
       </c>
-      <c r="D195" t="s">
+      <c r="F195" t="s">
         <v>1146</v>
-      </c>
-[...4 lines deleted...]
-        <v>1148</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C196" t="s">
         <v>1149</v>
       </c>
-      <c r="B196" t="s">
+      <c r="D196" t="s">
         <v>1150</v>
       </c>
-      <c r="C196" t="s">
+      <c r="E196" t="s">
         <v>1151</v>
       </c>
-      <c r="D196" t="s">
+      <c r="F196" t="s">
         <v>1152</v>
-      </c>
-[...4 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C197" t="s">
         <v>1155</v>
       </c>
-      <c r="B197" t="s">
+      <c r="D197" t="s">
         <v>1156</v>
       </c>
-      <c r="C197" t="s">
+      <c r="E197" t="s">
         <v>1157</v>
       </c>
-      <c r="D197" t="s">
+      <c r="F197" t="s">
         <v>1158</v>
-      </c>
-[...4 lines deleted...]
-        <v>1160</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C198" t="s">
         <v>1161</v>
       </c>
-      <c r="B198" t="s">
+      <c r="D198" t="s">
         <v>1162</v>
       </c>
-      <c r="C198" t="s">
+      <c r="E198" t="s">
         <v>1163</v>
       </c>
-      <c r="D198" t="s">
+      <c r="F198" t="s">
         <v>1164</v>
-      </c>
-[...4 lines deleted...]
-        <v>1166</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C199" t="s">
         <v>1167</v>
       </c>
-      <c r="B199" t="s">
+      <c r="D199" t="s">
         <v>1168</v>
       </c>
-      <c r="C199" t="s">
+      <c r="E199" t="s">
         <v>1169</v>
       </c>
-      <c r="D199" t="s">
+      <c r="F199" t="s">
         <v>1170</v>
       </c>
-      <c r="E199" t="s">
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200" t="s">
         <v>1171</v>
       </c>
-      <c r="F199" t="s">
+      <c r="B200" t="s">
         <v>1172</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F200" t="s">
+        <v>1176</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">