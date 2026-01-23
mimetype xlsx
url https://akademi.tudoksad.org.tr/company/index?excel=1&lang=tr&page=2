--- v1 (2025-12-06)
+++ v2 (2026-01-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1164">
   <si>
     <t>İş Yeri Tam Unvanı</t>
   </si>
   <si>
     <t>Merkez Adresi</t>
   </si>
   <si>
     <t>İş Yeri Telefon No</t>
   </si>
   <si>
     <t>İş Yeri Faks No</t>
   </si>
   <si>
     <t>Kurumsal E-Posta Adresi</t>
   </si>
   <si>
     <t>Web Adresi</t>
   </si>
   <si>
     <t>ACARER METAL SANAYİ TİC. A.Ş.</t>
   </si>
   <si>
     <t xml:space="preserve">Büyükdere Caddesi Apagiz Plaza
 No:191 Kat: 11 Levent, İSTANBUL
 </t>
@@ -334,50 +334,65 @@
     <t>0216 414 96 20</t>
   </si>
   <si>
     <t>merkez@amcol.com</t>
   </si>
   <si>
     <t>http://www.amcol.com.tr/</t>
   </si>
   <si>
     <t>ANADOLU DÖKÜM SANAYİ A.Ş.</t>
   </si>
   <si>
     <t>Hürriyet Bulvarı No : 47  Körfez, KOCAELİ</t>
   </si>
   <si>
     <t>0262 527 13 51</t>
   </si>
   <si>
     <t>0262 527 28 76</t>
   </si>
   <si>
     <t xml:space="preserve">info@anadoludokum.com.tr </t>
   </si>
   <si>
     <t>https://www.anadoludokum.com.tr/</t>
+  </si>
+  <si>
+    <t>ANKA ANALİTİK MEKATRONİK SANAYİ VE TİCARET A.Ş</t>
+  </si>
+  <si>
+    <t>19 Mayıs Mah. Sümer Sok. Sumko Sitesi A/7 Blok No:3/4 Kadıköy/İSTANBUL</t>
+  </si>
+  <si>
+    <t>0216 577 52 96</t>
+  </si>
+  <si>
+    <t>info@ankaanalitik.com.tr</t>
+  </si>
+  <si>
+    <t>https://ankaanalitik.com.tr/</t>
   </si>
   <si>
     <t>ARAL DÖKÜM MAK. SAN. TİC. LTD. ŞTİ.</t>
   </si>
   <si>
     <t>Ömerli Mah. Vicdan Sokak No:5 Arnavutköy, İSTANBUL</t>
   </si>
   <si>
     <t xml:space="preserve">0212 771 45 45 / 771 45 08 </t>
   </si>
   <si>
     <t>0212 771 45 43</t>
   </si>
   <si>
     <t xml:space="preserve">info@araldokum.com.tr </t>
   </si>
   <si>
     <t>http://www.araldokum.com.tr/</t>
   </si>
   <si>
     <t>ARDEMİR DÖKÜM SAN. TİC. A.Ş.</t>
   </si>
   <si>
     <t xml:space="preserve">Konya OSB Kuddusi Cad. Büyük Kayacık Mah. 
 22. Sokak No:6 Selçuklu, KONYA
@@ -1014,68 +1029,50 @@
   <si>
     <t>0232 298 20 98</t>
   </si>
   <si>
     <t>info@cevherwheels.com</t>
   </si>
   <si>
     <t>https://www.cevher.com/</t>
   </si>
   <si>
     <t>CHIRON İSTANBUL MAKİNE TİCARET VE SERVİS LTD. ŞTİ.</t>
   </si>
   <si>
     <t>Muratpaşa Mahallesi Uluyol Caddesi No.19 İstanbul Tower Plaza Kat 13 D.59-60 Bayrampaşa / İSTANBUL</t>
   </si>
   <si>
     <t>0212 612 12 11</t>
   </si>
   <si>
     <t>serkan.ozcan@chiron-group.com</t>
   </si>
   <si>
     <t>https://chiron-group.com/</t>
   </si>
   <si>
-    <t>CLARIANT TÜRKİYE BOYA KİMYEVİ MADDELER VE MADENCİLİK SANAYİ TİCARET A.Ş.</t>
-[...16 lines deleted...]
-  <si>
     <t>ÇOLAKLAR DÖKÜM SANAYİ TİCARET LİMİTED ŞİRKETİ</t>
   </si>
   <si>
     <t>Egemenlik Mah. 6106/1 Sokak No:3-5 Işıkkent - Bornova / İZMİR</t>
   </si>
   <si>
     <t>0232 437 01 25</t>
   </si>
   <si>
     <t>info@colaklardokum.com.tr</t>
   </si>
   <si>
     <t>https://www.colaklardokum.com.tr/</t>
   </si>
   <si>
     <t>ÇUKUROVA KİMYA END. A.Ş.</t>
   </si>
   <si>
     <t xml:space="preserve">Org. San. Bölgesi 50. Yıl Cad. No:10
 TR-45030 MANİSA
 </t>
   </si>
   <si>
     <t>0236 233 23 20</t>
   </si>
@@ -2632,68 +2629,50 @@
   <si>
     <t>mesciermetal@mescier.com.tr</t>
   </si>
   <si>
     <t>https://www.mescierdc.com.tr/index.php</t>
   </si>
   <si>
     <t>META-MAK METALURJİ MAK. MÜM. LTD. ŞTİ.</t>
   </si>
   <si>
     <t>Kaptanpaşa Mahallesi Piyalepaşa Bulvarı No:77 Famas Plaza B-Blok Kat:5 No:74 Okmeydanı / Şişli - İSTANBUL</t>
   </si>
   <si>
     <t>0212 270 07 08</t>
   </si>
   <si>
     <t>0212 270 08 88</t>
   </si>
   <si>
     <t>metamak@metamak.com.tr</t>
   </si>
   <si>
     <t>http://www.metamak.com.tr/</t>
   </si>
   <si>
-    <t>METAL PRES MAKİNE SAN. TİC. LTD. ŞTİ.</t>
-[...16 lines deleted...]
-  <si>
     <t>METKO HÜTTENES-ALBERTUS KİMYA SANAYİ VE TİCARET A.Ş.</t>
   </si>
   <si>
     <t xml:space="preserve">Bağdat Cad. No. 191/A Plaza 215 Kat 4-5 D.9 34730 Çiftehavuzlar-Kadıköy İSTANBUL
 </t>
   </si>
   <si>
     <t>0216 411 69 11</t>
   </si>
   <si>
     <t>0216 369 64 59</t>
   </si>
   <si>
     <t>info.tr@ha-group.com</t>
   </si>
   <si>
     <t>https://www.ha-group.com/tr</t>
   </si>
   <si>
     <t>MİTA KALIP VE DÖKÜM SANAYİİ A.Ş.</t>
   </si>
   <si>
     <t>Kavaklı Mah. Deniz Aktaş Cad. No:17 Beylikdüzü İstanbul 34520</t>
   </si>
   <si>
@@ -2810,68 +2789,50 @@
     <t>+90 332 502 17 33</t>
   </si>
   <si>
     <t>info@ortaanadoluhassasdokum.com.tr</t>
   </si>
   <si>
     <t>http://ortaanadoluhassasdokum.com.tr/</t>
   </si>
   <si>
     <t>ORTADOĞU MİNERAL SAN. VE TİC. LTD. ŞTİ</t>
   </si>
   <si>
     <t>Yenişehir Mh. Mustafa Akyol Sk. No:13/80 Pendik, İSTANBUL</t>
   </si>
   <si>
     <t>0216 514 74 73</t>
   </si>
   <si>
     <t>0216 514 74 78</t>
   </si>
   <si>
     <t>info@ortadogumineral.com</t>
   </si>
   <si>
     <t>https://www.ortadogumineral.com/</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.ozenmakina.com/</t>
   </si>
   <si>
     <t>ÖZGÜMÜŞ DÖKÜM SAN. TİC. A.Ş.</t>
   </si>
   <si>
     <t xml:space="preserve">Kurbanlı Mh. OSB 1027 Sk. No:4 Tarsus / MERSİN
 </t>
   </si>
   <si>
     <t>0324 503 0040/41</t>
   </si>
   <si>
     <t xml:space="preserve">info@ozgumus.com.tr  </t>
   </si>
   <si>
     <t>http://www.ozgumus.com.tr/</t>
   </si>
   <si>
     <t>ÖZGÜR DÖKÜM MAKİNA SAN. A.Ş.</t>
   </si>
   <si>
     <t>Alcı OSB Mah. 2000. Cadde No:8 Sincan, ANKARA</t>
   </si>
   <si>
     <t>0312 267 12 10</t>
@@ -3156,51 +3117,51 @@
 Tav Cad. No:15 TR-34957 Tuzla, İSTANBUL
 </t>
   </si>
   <si>
     <t>0216 394 23 52 / 53 / 54</t>
   </si>
   <si>
     <t>0216 394 23 55</t>
   </si>
   <si>
     <t xml:space="preserve">serpa@serpahassasdokum.com </t>
   </si>
   <si>
     <t>http://serpahassasdokum.com/</t>
   </si>
   <si>
     <t xml:space="preserve">SİLTAŞ SİLİS KUMLARI SAN. TİC. A.Ş. </t>
   </si>
   <si>
     <t xml:space="preserve">Atatürk Mah. Turgut Özal Bulvarı Ağaoğlu 
 Sky Towers Sitesi No:2 / C Blok 
 Ataşehir, İSTANBUL 
 </t>
   </si>
   <si>
-    <t xml:space="preserve">0216 335 70 08 </t>
+    <t xml:space="preserve">0216 521 16 00 </t>
   </si>
   <si>
     <t xml:space="preserve">0216 335 71 57 </t>
   </si>
   <si>
     <t>info@siltas.com.tr</t>
   </si>
   <si>
     <t>http://www.siltas.com.tr/</t>
   </si>
   <si>
     <t>SİLVAN MERDANE DÖKÜM SANAYİ VE TİC.LTD. ŞTİ.</t>
   </si>
   <si>
     <t>Köşklü Çeşme, Mahallesi, E-5 Karayolu Yanyol Üzeri, İstanbul Cd. No :57 D:1, 41400 Gebze/Kocaeli</t>
   </si>
   <si>
     <t>+90 (262) 641 95 25</t>
   </si>
   <si>
     <t>+90 (262) 641 31 02</t>
   </si>
   <si>
     <t>info@silvanrolls.com</t>
   </si>
@@ -4032,51 +3993,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F200"/>
+  <dimension ref="A1:F198"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -4404,3640 +4365,3598 @@
         <v>100</v>
       </c>
       <c r="C18" t="s">
         <v>101</v>
       </c>
       <c r="D18" t="s">
         <v>102</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" t="s">
         <v>105</v>
       </c>
       <c r="B19" t="s">
         <v>106</v>
       </c>
       <c r="C19" t="s">
         <v>107</v>
       </c>
-      <c r="D19" t="s">
+      <c r="D19"/>
+      <c r="E19" t="s">
         <v>108</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" t="s">
+        <v>110</v>
+      </c>
+      <c r="B20" t="s">
         <v>111</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>112</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>113</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>114</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" t="s">
+        <v>116</v>
+      </c>
+      <c r="B21" t="s">
         <v>117</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>118</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>119</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>120</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" t="s">
+        <v>122</v>
+      </c>
+      <c r="B22" t="s">
         <v>123</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>124</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>125</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>126</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" t="s">
+        <v>128</v>
+      </c>
+      <c r="B23" t="s">
         <v>129</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>130</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>131</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>132</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" t="s">
+        <v>134</v>
+      </c>
+      <c r="B24" t="s">
         <v>135</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>136</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>137</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>138</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
+        <v>140</v>
+      </c>
+      <c r="B25" t="s">
         <v>141</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>142</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>143</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>144</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
         <v>145</v>
       </c>
-      <c r="F25"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>146</v>
       </c>
       <c r="B26" t="s">
         <v>147</v>
       </c>
       <c r="C26" t="s">
         <v>148</v>
       </c>
       <c r="D26" t="s">
         <v>149</v>
       </c>
       <c r="E26" t="s">
         <v>150</v>
       </c>
-      <c r="F26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F26"/>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" t="s">
         <v>152</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>153</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>154</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>155</v>
       </c>
-      <c r="E27"/>
       <c r="F27" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" t="s">
         <v>157</v>
       </c>
       <c r="B28" t="s">
         <v>158</v>
       </c>
       <c r="C28" t="s">
         <v>159</v>
       </c>
       <c r="D28" t="s">
         <v>160</v>
       </c>
-      <c r="E28" t="s">
+      <c r="E28"/>
+      <c r="F28" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" t="s">
+        <v>162</v>
+      </c>
+      <c r="B29" t="s">
         <v>163</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>164</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>165</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>166</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30" t="s">
+        <v>168</v>
+      </c>
+      <c r="B30" t="s">
         <v>169</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>170</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>171</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>172</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31" t="s">
+        <v>174</v>
+      </c>
+      <c r="B31" t="s">
         <v>175</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>176</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>177</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>178</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" t="s">
+        <v>180</v>
+      </c>
+      <c r="B32" t="s">
         <v>181</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>182</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>183</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32" t="s">
         <v>184</v>
       </c>
-      <c r="E32" t="s">
+      <c r="F32" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33" t="s">
+        <v>186</v>
+      </c>
+      <c r="B33" t="s">
         <v>187</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>188</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>189</v>
       </c>
-      <c r="D33"/>
       <c r="E33" t="s">
         <v>190</v>
       </c>
       <c r="F33" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34" t="s">
         <v>192</v>
       </c>
       <c r="B34" t="s">
         <v>193</v>
       </c>
       <c r="C34" t="s">
         <v>194</v>
       </c>
-      <c r="D34" t="s">
+      <c r="D34"/>
+      <c r="E34" t="s">
         <v>195</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" t="s">
+        <v>197</v>
+      </c>
+      <c r="B35" t="s">
         <v>198</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>199</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>200</v>
       </c>
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>201</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" t="s">
+        <v>203</v>
+      </c>
+      <c r="B36" t="s">
         <v>204</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>205</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>206</v>
       </c>
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>207</v>
       </c>
-      <c r="E36" t="s">
+      <c r="F36" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37" t="s">
+        <v>209</v>
+      </c>
+      <c r="B37" t="s">
         <v>210</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>211</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>212</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>213</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" t="s">
+        <v>215</v>
+      </c>
+      <c r="B38" t="s">
         <v>216</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>217</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>218</v>
       </c>
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>219</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
+        <v>221</v>
+      </c>
+      <c r="B39" t="s">
         <v>222</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>223</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>224</v>
       </c>
-      <c r="D39" t="s">
+      <c r="E39" t="s">
         <v>225</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" t="s">
+        <v>227</v>
+      </c>
+      <c r="B40" t="s">
         <v>228</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>229</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>230</v>
       </c>
-      <c r="D40" t="s">
+      <c r="E40" t="s">
         <v>231</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" t="s">
+        <v>233</v>
+      </c>
+      <c r="B41" t="s">
         <v>234</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>235</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>236</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>237</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42" t="s">
+        <v>239</v>
+      </c>
+      <c r="B42" t="s">
         <v>240</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>241</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>242</v>
       </c>
-      <c r="D42" t="s">
+      <c r="E42" t="s">
         <v>243</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" t="s">
+        <v>245</v>
+      </c>
+      <c r="B43" t="s">
         <v>246</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>247</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>248</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>249</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" t="s">
+        <v>251</v>
+      </c>
+      <c r="B44" t="s">
         <v>252</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>253</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>254</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>255</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45" t="s">
+        <v>257</v>
+      </c>
+      <c r="B45" t="s">
         <v>258</v>
       </c>
-      <c r="B45" t="s">
+      <c r="C45" t="s">
         <v>259</v>
       </c>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>260</v>
       </c>
-      <c r="D45" t="s">
+      <c r="E45" t="s">
         <v>261</v>
       </c>
-      <c r="E45" t="s">
+      <c r="F45" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
+        <v>263</v>
+      </c>
+      <c r="B46" t="s">
         <v>264</v>
       </c>
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>265</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>266</v>
       </c>
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>267</v>
       </c>
-      <c r="E46" t="s">
+      <c r="F46" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" t="s">
+        <v>269</v>
+      </c>
+      <c r="B47" t="s">
         <v>270</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>271</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>272</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>273</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48" t="s">
+        <v>275</v>
+      </c>
+      <c r="B48" t="s">
         <v>276</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
         <v>277</v>
       </c>
-      <c r="C48" t="s">
+      <c r="D48" t="s">
         <v>278</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>279</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" t="s">
+        <v>281</v>
+      </c>
+      <c r="B49" t="s">
         <v>282</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>283</v>
       </c>
-      <c r="C49" t="s">
+      <c r="D49" t="s">
         <v>284</v>
       </c>
-      <c r="D49" t="s">
+      <c r="E49" t="s">
         <v>285</v>
       </c>
-      <c r="E49" t="s">
+      <c r="F49" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50" t="s">
+        <v>287</v>
+      </c>
+      <c r="B50" t="s">
         <v>288</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>289</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>290</v>
       </c>
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>291</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" t="s">
+        <v>293</v>
+      </c>
+      <c r="B51" t="s">
         <v>294</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>295</v>
       </c>
-      <c r="C51" t="s">
+      <c r="D51" t="s">
         <v>296</v>
       </c>
-      <c r="D51" t="s">
+      <c r="E51" t="s">
         <v>297</v>
       </c>
-      <c r="E51" t="s">
+      <c r="F51" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52" t="s">
+        <v>299</v>
+      </c>
+      <c r="B52" t="s">
         <v>300</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="D52" t="s">
         <v>302</v>
       </c>
       <c r="E52" t="s">
         <v>303</v>
       </c>
       <c r="F52" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53" t="s">
         <v>305</v>
       </c>
       <c r="B53" t="s">
         <v>306</v>
       </c>
       <c r="C53" t="s">
         <v>307</v>
       </c>
       <c r="D53" t="s">
+        <v>307</v>
+      </c>
+      <c r="E53" t="s">
         <v>308</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54" t="s">
+        <v>310</v>
+      </c>
+      <c r="B54" t="s">
         <v>311</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>312</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>313</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E54" t="s">
         <v>314</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F54" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55" t="s">
+        <v>316</v>
+      </c>
+      <c r="B55" t="s">
         <v>317</v>
       </c>
-      <c r="B55" t="s">
+      <c r="C55" t="s">
         <v>318</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>319</v>
       </c>
-      <c r="D55"/>
       <c r="E55" t="s">
         <v>320</v>
       </c>
       <c r="F55" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" t="s">
         <v>322</v>
       </c>
       <c r="B56" t="s">
         <v>323</v>
       </c>
       <c r="C56" t="s">
         <v>324</v>
       </c>
-      <c r="D56" t="s">
+      <c r="D56"/>
+      <c r="E56" t="s">
         <v>325</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57" t="s">
+        <v>327</v>
+      </c>
+      <c r="B57" t="s">
         <v>328</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="D57"/>
       <c r="E57" t="s">
+        <v>330</v>
+      </c>
+      <c r="F57" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58" t="s">
+        <v>332</v>
+      </c>
+      <c r="B58" t="s">
         <v>333</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>334</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>335</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>336</v>
       </c>
-      <c r="E58" t="s">
+      <c r="F58" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59" t="s">
+        <v>338</v>
+      </c>
+      <c r="B59" t="s">
         <v>339</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
         <v>340</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>341</v>
       </c>
-      <c r="D59" t="s">
+      <c r="E59" t="s">
         <v>342</v>
       </c>
-      <c r="E59" t="s">
+      <c r="F59" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
+        <v>344</v>
+      </c>
+      <c r="B60" t="s">
         <v>345</v>
       </c>
-      <c r="B60" t="s">
+      <c r="C60" t="s">
         <v>346</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>347</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
         <v>348</v>
       </c>
-      <c r="E60" t="s">
+      <c r="F60" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
+        <v>350</v>
+      </c>
+      <c r="B61" t="s">
         <v>351</v>
       </c>
-      <c r="B61" t="s">
+      <c r="C61" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="D61"/>
       <c r="E61" t="s">
+        <v>353</v>
+      </c>
+      <c r="F61" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
+        <v>355</v>
+      </c>
+      <c r="B62" t="s">
         <v>356</v>
       </c>
-      <c r="B62" t="s">
+      <c r="C62" t="s">
         <v>357</v>
       </c>
-      <c r="C62" t="s">
+      <c r="D62" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
+        <v>360</v>
+      </c>
+      <c r="B63" t="s">
         <v>361</v>
       </c>
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>362</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>363</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>364</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
+        <v>366</v>
+      </c>
+      <c r="B64" t="s">
         <v>367</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s">
         <v>368</v>
       </c>
-      <c r="C64" t="s">
+      <c r="D64" t="s">
         <v>369</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E64" t="s">
         <v>370</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F64" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
+        <v>372</v>
+      </c>
+      <c r="B65" t="s">
         <v>373</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>374</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>375</v>
       </c>
-      <c r="D65" t="s">
+      <c r="E65" t="s">
         <v>376</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
+        <v>378</v>
+      </c>
+      <c r="B66" t="s">
         <v>379</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>380</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>381</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>382</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
+        <v>384</v>
+      </c>
+      <c r="B67" t="s">
         <v>385</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>386</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>387</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>388</v>
       </c>
-      <c r="E67" t="s">
+      <c r="F67" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
+        <v>390</v>
+      </c>
+      <c r="B68" t="s">
         <v>391</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>392</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>393</v>
       </c>
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>394</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
+        <v>396</v>
+      </c>
+      <c r="B69" t="s">
         <v>397</v>
       </c>
-      <c r="B69" t="s">
+      <c r="C69" t="s">
         <v>398</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>399</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69" t="s">
         <v>400</v>
       </c>
-      <c r="E69" t="s">
+      <c r="F69" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
+        <v>402</v>
+      </c>
+      <c r="B70" t="s">
         <v>403</v>
       </c>
-      <c r="B70" t="s">
+      <c r="C70" t="s">
         <v>404</v>
       </c>
-      <c r="C70" t="s">
+      <c r="D70" t="s">
         <v>405</v>
       </c>
-      <c r="D70" t="s">
+      <c r="E70" t="s">
         <v>406</v>
       </c>
-      <c r="E70" t="s">
+      <c r="F70" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
+        <v>408</v>
+      </c>
+      <c r="B71" t="s">
         <v>409</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>410</v>
       </c>
-      <c r="C71" t="s">
+      <c r="D71" t="s">
         <v>411</v>
       </c>
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>412</v>
       </c>
-      <c r="E71" t="s">
+      <c r="F71" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
+        <v>414</v>
+      </c>
+      <c r="B72" t="s">
         <v>415</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="D72"/>
       <c r="E72" t="s">
+        <v>417</v>
+      </c>
+      <c r="F72" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
+        <v>419</v>
+      </c>
+      <c r="B73" t="s">
         <v>420</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
         <v>421</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>422</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>423</v>
       </c>
-      <c r="E73" t="s">
+      <c r="F73" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
+        <v>425</v>
+      </c>
+      <c r="B74" t="s">
         <v>426</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>427</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
         <v>428</v>
       </c>
-      <c r="D74" t="s">
+      <c r="E74" t="s">
         <v>429</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
+        <v>431</v>
+      </c>
+      <c r="B75" t="s">
         <v>432</v>
       </c>
-      <c r="B75" t="s">
+      <c r="C75" t="s">
         <v>433</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>434</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
         <v>435</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
+        <v>437</v>
+      </c>
+      <c r="B76" t="s">
         <v>438</v>
       </c>
-      <c r="B76" t="s">
+      <c r="C76" t="s">
         <v>439</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>440</v>
       </c>
-      <c r="D76" t="s">
+      <c r="E76" t="s">
         <v>441</v>
       </c>
-      <c r="E76" t="s">
+      <c r="F76" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
+        <v>443</v>
+      </c>
+      <c r="B77" t="s">
         <v>444</v>
       </c>
-      <c r="B77" t="s">
+      <c r="C77" t="s">
         <v>445</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>446</v>
       </c>
-      <c r="D77" t="s">
+      <c r="E77" t="s">
         <v>447</v>
       </c>
-      <c r="E77" t="s">
+      <c r="F77" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
+        <v>449</v>
+      </c>
+      <c r="B78" t="s">
         <v>450</v>
       </c>
-      <c r="B78" t="s">
+      <c r="C78" t="s">
         <v>451</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
         <v>452</v>
       </c>
-      <c r="D78" t="s">
+      <c r="E78" t="s">
         <v>453</v>
       </c>
-      <c r="E78" t="s">
+      <c r="F78" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
+        <v>455</v>
+      </c>
+      <c r="B79" t="s">
         <v>456</v>
       </c>
-      <c r="B79" t="s">
+      <c r="C79" t="s">
         <v>457</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
         <v>458</v>
       </c>
-      <c r="D79" t="s">
+      <c r="E79" t="s">
         <v>459</v>
       </c>
-      <c r="E79" t="s">
+      <c r="F79" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
+        <v>461</v>
+      </c>
+      <c r="B80" t="s">
         <v>462</v>
       </c>
-      <c r="B80" t="s">
+      <c r="C80" t="s">
         <v>463</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
         <v>464</v>
       </c>
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>465</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80" t="s">
         <v>466</v>
-      </c>
-[...1 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
+        <v>467</v>
+      </c>
+      <c r="B81" t="s">
         <v>468</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>469</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>470</v>
       </c>
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>471</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
+        <v>473</v>
+      </c>
+      <c r="B82" t="s">
         <v>474</v>
       </c>
-      <c r="B82" t="s">
+      <c r="C82" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="D82"/>
       <c r="E82" t="s">
+        <v>476</v>
+      </c>
+      <c r="F82" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
+        <v>478</v>
+      </c>
+      <c r="B83" t="s">
         <v>479</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>480</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>481</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>482</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
+        <v>484</v>
+      </c>
+      <c r="B84" t="s">
         <v>485</v>
       </c>
-      <c r="B84" t="s">
+      <c r="C84" t="s">
         <v>486</v>
       </c>
-      <c r="C84" t="s">
+      <c r="D84" t="s">
         <v>487</v>
       </c>
-      <c r="D84" t="s">
+      <c r="E84" t="s">
         <v>488</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
+        <v>490</v>
+      </c>
+      <c r="B85" t="s">
         <v>491</v>
       </c>
-      <c r="B85" t="s">
+      <c r="C85" t="s">
         <v>492</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>493</v>
       </c>
-      <c r="D85" t="s">
+      <c r="E85" t="s">
         <v>494</v>
       </c>
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
+        <v>496</v>
+      </c>
+      <c r="B86" t="s">
         <v>497</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
         <v>498</v>
       </c>
-      <c r="C86" t="s">
+      <c r="D86" t="s">
         <v>499</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86" t="s">
         <v>500</v>
       </c>
-      <c r="E86" t="s">
+      <c r="F86" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
+        <v>502</v>
+      </c>
+      <c r="B87" t="s">
         <v>503</v>
       </c>
-      <c r="B87" t="s">
+      <c r="C87" t="s">
         <v>504</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>505</v>
       </c>
-      <c r="D87" t="s">
+      <c r="E87" t="s">
         <v>506</v>
       </c>
-      <c r="E87" t="s">
+      <c r="F87" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
+        <v>508</v>
+      </c>
+      <c r="B88" t="s">
         <v>509</v>
       </c>
-      <c r="B88" t="s">
+      <c r="C88" t="s">
         <v>510</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
         <v>511</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>512</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
+        <v>514</v>
+      </c>
+      <c r="B89" t="s">
         <v>515</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>516</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
         <v>517</v>
       </c>
-      <c r="D89" t="s">
+      <c r="E89" t="s">
         <v>518</v>
       </c>
-      <c r="E89" t="s">
+      <c r="F89" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
+        <v>520</v>
+      </c>
+      <c r="B90" t="s">
         <v>521</v>
       </c>
-      <c r="B90" t="s">
+      <c r="C90" t="s">
         <v>522</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
         <v>523</v>
       </c>
-      <c r="D90" t="s">
+      <c r="E90" t="s">
         <v>524</v>
       </c>
-      <c r="E90" t="s">
+      <c r="F90" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
+        <v>526</v>
+      </c>
+      <c r="B91" t="s">
         <v>527</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
         <v>528</v>
       </c>
-      <c r="C91" t="s">
+      <c r="D91" t="s">
         <v>529</v>
       </c>
-      <c r="D91" t="s">
+      <c r="E91" t="s">
         <v>530</v>
       </c>
-      <c r="E91" t="s">
+      <c r="F91" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
+        <v>532</v>
+      </c>
+      <c r="B92" t="s">
         <v>533</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
         <v>534</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
         <v>535</v>
       </c>
-      <c r="D92" t="s">
+      <c r="E92" t="s">
         <v>536</v>
       </c>
-      <c r="E92" t="s">
+      <c r="F92" t="s">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>538</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
+        <v>538</v>
+      </c>
+      <c r="B93" t="s">
         <v>539</v>
       </c>
-      <c r="B93" t="s">
+      <c r="C93" t="s">
         <v>540</v>
       </c>
-      <c r="C93" t="s">
+      <c r="D93" t="s">
         <v>541</v>
       </c>
-      <c r="D93" t="s">
+      <c r="E93" t="s">
         <v>542</v>
       </c>
-      <c r="E93" t="s">
+      <c r="F93" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
+        <v>544</v>
+      </c>
+      <c r="B94" t="s">
         <v>545</v>
       </c>
-      <c r="B94" t="s">
+      <c r="C94" t="s">
         <v>546</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>547</v>
       </c>
-      <c r="D94" t="s">
+      <c r="E94" t="s">
         <v>548</v>
       </c>
-      <c r="E94" t="s">
+      <c r="F94" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
+        <v>550</v>
+      </c>
+      <c r="B95" t="s">
         <v>551</v>
       </c>
-      <c r="B95" t="s">
+      <c r="C95" t="s">
         <v>552</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>553</v>
       </c>
-      <c r="D95" t="s">
+      <c r="E95" t="s">
         <v>554</v>
       </c>
-      <c r="E95" t="s">
+      <c r="F95" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
+        <v>556</v>
+      </c>
+      <c r="B96" t="s">
         <v>557</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>558</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>559</v>
       </c>
-      <c r="D96" t="s">
+      <c r="E96" t="s">
         <v>560</v>
       </c>
-      <c r="E96" t="s">
+      <c r="F96" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
+        <v>562</v>
+      </c>
+      <c r="B97" t="s">
         <v>563</v>
       </c>
-      <c r="B97" t="s">
+      <c r="C97" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
       <c r="D97"/>
       <c r="E97" t="s">
+        <v>565</v>
+      </c>
+      <c r="F97" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
+        <v>567</v>
+      </c>
+      <c r="B98" t="s">
         <v>568</v>
       </c>
-      <c r="B98" t="s">
+      <c r="C98" t="s">
         <v>569</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
         <v>570</v>
       </c>
-      <c r="D98" t="s">
+      <c r="E98" t="s">
         <v>571</v>
       </c>
-      <c r="E98" t="s">
+      <c r="F98" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
+        <v>573</v>
+      </c>
+      <c r="B99" t="s">
         <v>574</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
         <v>575</v>
       </c>
-      <c r="C99" t="s">
+      <c r="D99" t="s">
         <v>576</v>
       </c>
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>577</v>
       </c>
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
+        <v>579</v>
+      </c>
+      <c r="B100" t="s">
         <v>580</v>
       </c>
-      <c r="B100" t="s">
+      <c r="C100" t="s">
         <v>581</v>
       </c>
-      <c r="C100" t="s">
+      <c r="D100" t="s">
         <v>582</v>
       </c>
-      <c r="D100" t="s">
+      <c r="E100" t="s">
         <v>583</v>
       </c>
-      <c r="E100" t="s">
+      <c r="F100" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
+        <v>585</v>
+      </c>
+      <c r="B101" t="s">
         <v>586</v>
       </c>
-      <c r="B101" t="s">
+      <c r="C101" t="s">
         <v>587</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
         <v>588</v>
       </c>
-      <c r="D101" t="s">
+      <c r="E101" t="s">
         <v>589</v>
       </c>
-      <c r="E101" t="s">
+      <c r="F101" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
+        <v>591</v>
+      </c>
+      <c r="B102" t="s">
         <v>592</v>
       </c>
-      <c r="B102" t="s">
+      <c r="C102" t="s">
         <v>593</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
         <v>594</v>
       </c>
-      <c r="D102" t="s">
+      <c r="E102" t="s">
         <v>595</v>
       </c>
-      <c r="E102" t="s">
+      <c r="F102" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
+        <v>597</v>
+      </c>
+      <c r="B103" t="s">
         <v>598</v>
       </c>
-      <c r="B103" t="s">
+      <c r="C103" t="s">
         <v>599</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>600</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>601</v>
       </c>
-      <c r="E103" t="s">
+      <c r="F103" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
+        <v>603</v>
+      </c>
+      <c r="B104" t="s">
         <v>604</v>
       </c>
-      <c r="B104" t="s">
+      <c r="C104" t="s">
         <v>605</v>
       </c>
-      <c r="C104" t="s">
+      <c r="D104" t="s">
         <v>606</v>
       </c>
-      <c r="D104" t="s">
+      <c r="E104" t="s">
         <v>607</v>
       </c>
-      <c r="E104" t="s">
+      <c r="F104" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
+        <v>609</v>
+      </c>
+      <c r="B105" t="s">
         <v>610</v>
       </c>
-      <c r="B105" t="s">
+      <c r="C105" t="s">
         <v>611</v>
-      </c>
-[...1 lines deleted...]
-        <v>612</v>
       </c>
       <c r="D105"/>
       <c r="E105" t="s">
+        <v>612</v>
+      </c>
+      <c r="F105" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
+        <v>614</v>
+      </c>
+      <c r="B106" t="s">
         <v>615</v>
       </c>
-      <c r="B106" t="s">
+      <c r="C106" t="s">
         <v>616</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
         <v>617</v>
       </c>
-      <c r="D106" t="s">
+      <c r="E106" t="s">
         <v>618</v>
       </c>
-      <c r="E106" t="s">
+      <c r="F106" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
+        <v>620</v>
+      </c>
+      <c r="B107" t="s">
         <v>621</v>
       </c>
-      <c r="B107" t="s">
+      <c r="C107" t="s">
         <v>622</v>
       </c>
-      <c r="C107" t="s">
+      <c r="D107" t="s">
         <v>623</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
         <v>624</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
+        <v>626</v>
+      </c>
+      <c r="B108" t="s">
         <v>627</v>
       </c>
-      <c r="B108" t="s">
+      <c r="C108" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
       <c r="D108"/>
       <c r="E108" t="s">
+        <v>629</v>
+      </c>
+      <c r="F108" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
+        <v>631</v>
+      </c>
+      <c r="B109" t="s">
         <v>632</v>
       </c>
-      <c r="B109" t="s">
+      <c r="C109" t="s">
         <v>633</v>
       </c>
-      <c r="C109" t="s">
+      <c r="D109" t="s">
         <v>634</v>
       </c>
-      <c r="D109" t="s">
+      <c r="E109" t="s">
         <v>635</v>
       </c>
-      <c r="E109" t="s">
+      <c r="F109" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
+        <v>637</v>
+      </c>
+      <c r="B110" t="s">
         <v>638</v>
       </c>
-      <c r="B110" t="s">
+      <c r="C110" t="s">
         <v>639</v>
       </c>
-      <c r="C110" t="s">
+      <c r="D110" t="s">
         <v>640</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
         <v>641</v>
       </c>
-      <c r="E110" t="s">
+      <c r="F110" t="s">
         <v>642</v>
-      </c>
-[...1 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
+        <v>643</v>
+      </c>
+      <c r="B111" t="s">
         <v>644</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111" t="s">
         <v>645</v>
       </c>
-      <c r="C111" t="s">
+      <c r="D111" t="s">
         <v>646</v>
       </c>
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>647</v>
       </c>
-      <c r="E111" t="s">
+      <c r="F111" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
+        <v>649</v>
+      </c>
+      <c r="B112" t="s">
         <v>650</v>
       </c>
-      <c r="B112" t="s">
+      <c r="C112" t="s">
         <v>651</v>
       </c>
-      <c r="C112" t="s">
+      <c r="D112" t="s">
         <v>652</v>
       </c>
-      <c r="D112" t="s">
+      <c r="E112" t="s">
         <v>653</v>
       </c>
-      <c r="E112" t="s">
+      <c r="F112" t="s">
         <v>654</v>
-      </c>
-[...1 lines deleted...]
-        <v>655</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
+        <v>655</v>
+      </c>
+      <c r="B113" t="s">
         <v>656</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113" t="s">
         <v>657</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
         <v>658</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" t="s">
         <v>659</v>
       </c>
-      <c r="E113" t="s">
+      <c r="F113" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
+        <v>661</v>
+      </c>
+      <c r="B114" t="s">
         <v>662</v>
       </c>
-      <c r="B114" t="s">
+      <c r="C114" t="s">
         <v>663</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>664</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114" t="s">
         <v>665</v>
       </c>
-      <c r="E114" t="s">
+      <c r="F114" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
+        <v>667</v>
+      </c>
+      <c r="B115" t="s">
         <v>668</v>
       </c>
-      <c r="B115" t="s">
+      <c r="C115" t="s">
         <v>669</v>
       </c>
-      <c r="C115" t="s">
+      <c r="D115" t="s">
         <v>670</v>
       </c>
-      <c r="D115" t="s">
+      <c r="E115" t="s">
         <v>671</v>
       </c>
-      <c r="E115" t="s">
+      <c r="F115" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
+        <v>673</v>
+      </c>
+      <c r="B116" t="s">
         <v>674</v>
       </c>
-      <c r="B116" t="s">
+      <c r="C116" t="s">
         <v>675</v>
       </c>
-      <c r="C116" t="s">
+      <c r="D116" t="s">
         <v>676</v>
       </c>
-      <c r="D116" t="s">
+      <c r="E116" t="s">
         <v>677</v>
       </c>
-      <c r="E116" t="s">
+      <c r="F116" t="s">
         <v>678</v>
-      </c>
-[...1 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
+        <v>679</v>
+      </c>
+      <c r="B117" t="s">
         <v>680</v>
       </c>
-      <c r="B117" t="s">
+      <c r="C117" t="s">
         <v>681</v>
       </c>
-      <c r="C117" t="s">
+      <c r="D117" t="s">
         <v>682</v>
       </c>
-      <c r="D117" t="s">
+      <c r="E117" t="s">
         <v>683</v>
       </c>
-      <c r="E117" t="s">
+      <c r="F117" t="s">
         <v>684</v>
-      </c>
-[...1 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
+        <v>685</v>
+      </c>
+      <c r="B118" t="s">
         <v>686</v>
       </c>
-      <c r="B118" t="s">
+      <c r="C118" t="s">
         <v>687</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
         <v>688</v>
       </c>
-      <c r="D118" t="s">
+      <c r="E118" t="s">
         <v>689</v>
       </c>
-      <c r="E118" t="s">
+      <c r="F118" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
+        <v>691</v>
+      </c>
+      <c r="B119" t="s">
         <v>692</v>
       </c>
-      <c r="B119" t="s">
+      <c r="C119" t="s">
         <v>693</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
         <v>694</v>
       </c>
-      <c r="D119" t="s">
+      <c r="E119" t="s">
         <v>695</v>
       </c>
-      <c r="E119" t="s">
+      <c r="F119" t="s">
         <v>696</v>
-      </c>
-[...1 lines deleted...]
-        <v>697</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
+        <v>697</v>
+      </c>
+      <c r="B120" t="s">
         <v>698</v>
       </c>
-      <c r="B120" t="s">
+      <c r="C120" t="s">
         <v>699</v>
       </c>
-      <c r="C120" t="s">
+      <c r="D120" t="s">
         <v>700</v>
       </c>
-      <c r="D120" t="s">
+      <c r="E120" t="s">
         <v>701</v>
       </c>
-      <c r="E120" t="s">
+      <c r="F120" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
+        <v>703</v>
+      </c>
+      <c r="B121" t="s">
         <v>704</v>
       </c>
-      <c r="B121" t="s">
+      <c r="C121" t="s">
         <v>705</v>
       </c>
-      <c r="C121" t="s">
+      <c r="D121" t="s">
         <v>706</v>
       </c>
-      <c r="D121" t="s">
+      <c r="E121" t="s">
         <v>707</v>
       </c>
-      <c r="E121" t="s">
+      <c r="F121" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
+        <v>709</v>
+      </c>
+      <c r="B122" t="s">
         <v>710</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C122" t="s">
         <v>711</v>
       </c>
-      <c r="C122" t="s">
+      <c r="D122" t="s">
         <v>712</v>
       </c>
-      <c r="D122" t="s">
+      <c r="E122" t="s">
         <v>713</v>
       </c>
-      <c r="E122" t="s">
+      <c r="F122" t="s">
         <v>714</v>
-      </c>
-[...1 lines deleted...]
-        <v>715</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
+        <v>715</v>
+      </c>
+      <c r="B123" t="s">
         <v>716</v>
       </c>
-      <c r="B123" t="s">
+      <c r="C123" t="s">
         <v>717</v>
-      </c>
-[...1 lines deleted...]
-        <v>718</v>
       </c>
       <c r="D123"/>
       <c r="E123" t="s">
+        <v>718</v>
+      </c>
+      <c r="F123" t="s">
         <v>719</v>
-      </c>
-[...1 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
+        <v>720</v>
+      </c>
+      <c r="B124" t="s">
         <v>721</v>
       </c>
-      <c r="B124" t="s">
+      <c r="C124" t="s">
         <v>722</v>
       </c>
-      <c r="C124" t="s">
+      <c r="D124" t="s">
         <v>723</v>
       </c>
-      <c r="D124" t="s">
+      <c r="E124" t="s">
         <v>724</v>
       </c>
-      <c r="E124" t="s">
+      <c r="F124" t="s">
         <v>725</v>
-      </c>
-[...1 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
+        <v>726</v>
+      </c>
+      <c r="B125" t="s">
         <v>727</v>
       </c>
-      <c r="B125" t="s">
+      <c r="C125" t="s">
         <v>728</v>
       </c>
-      <c r="C125" t="s">
+      <c r="D125" t="s">
         <v>729</v>
       </c>
-      <c r="D125" t="s">
+      <c r="E125" t="s">
         <v>730</v>
       </c>
-      <c r="E125" t="s">
+      <c r="F125" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
+        <v>732</v>
+      </c>
+      <c r="B126" t="s">
         <v>733</v>
       </c>
-      <c r="B126" t="s">
+      <c r="C126" t="s">
         <v>734</v>
       </c>
-      <c r="C126" t="s">
+      <c r="D126" t="s">
         <v>735</v>
       </c>
-      <c r="D126" t="s">
+      <c r="E126" t="s">
         <v>736</v>
       </c>
-      <c r="E126" t="s">
+      <c r="F126" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
+        <v>738</v>
+      </c>
+      <c r="B127" t="s">
         <v>739</v>
       </c>
-      <c r="B127" t="s">
+      <c r="C127" t="s">
         <v>740</v>
       </c>
-      <c r="C127" t="s">
+      <c r="D127" t="s">
         <v>741</v>
       </c>
-      <c r="D127" t="s">
+      <c r="E127" t="s">
         <v>742</v>
       </c>
-      <c r="E127" t="s">
+      <c r="F127" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
+        <v>744</v>
+      </c>
+      <c r="B128" t="s">
         <v>745</v>
       </c>
-      <c r="B128" t="s">
+      <c r="C128" t="s">
         <v>746</v>
       </c>
-      <c r="C128" t="s">
+      <c r="D128" t="s">
         <v>747</v>
       </c>
-      <c r="D128" t="s">
+      <c r="E128" t="s">
         <v>748</v>
       </c>
-      <c r="E128" t="s">
+      <c r="F128" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
+        <v>750</v>
+      </c>
+      <c r="B129" t="s">
         <v>751</v>
       </c>
-      <c r="B129" t="s">
+      <c r="C129" t="s">
         <v>752</v>
       </c>
-      <c r="C129" t="s">
+      <c r="D129" t="s">
         <v>753</v>
       </c>
-      <c r="D129" t="s">
+      <c r="E129" t="s">
         <v>754</v>
       </c>
-      <c r="E129" t="s">
+      <c r="F129" t="s">
         <v>755</v>
-      </c>
-[...1 lines deleted...]
-        <v>756</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
+        <v>756</v>
+      </c>
+      <c r="B130" t="s">
         <v>757</v>
       </c>
-      <c r="B130" t="s">
+      <c r="C130" t="s">
         <v>758</v>
       </c>
-      <c r="C130" t="s">
+      <c r="D130" t="s">
         <v>759</v>
       </c>
-      <c r="D130" t="s">
+      <c r="E130" t="s">
         <v>760</v>
       </c>
-      <c r="E130" t="s">
+      <c r="F130" t="s">
         <v>761</v>
-      </c>
-[...1 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
+        <v>762</v>
+      </c>
+      <c r="B131" t="s">
         <v>763</v>
       </c>
-      <c r="B131" t="s">
+      <c r="C131" t="s">
         <v>764</v>
       </c>
-      <c r="C131" t="s">
+      <c r="D131" t="s">
         <v>765</v>
       </c>
-      <c r="D131" t="s">
+      <c r="E131" t="s">
         <v>766</v>
       </c>
-      <c r="E131" t="s">
+      <c r="F131" t="s">
         <v>767</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
+        <v>768</v>
+      </c>
+      <c r="B132" t="s">
         <v>769</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
         <v>770</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>771</v>
       </c>
-      <c r="D132" t="s">
+      <c r="E132" t="s">
         <v>772</v>
       </c>
-      <c r="E132" t="s">
+      <c r="F132" t="s">
         <v>773</v>
-      </c>
-[...1 lines deleted...]
-        <v>774</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
+        <v>774</v>
+      </c>
+      <c r="B133" t="s">
         <v>775</v>
       </c>
-      <c r="B133" t="s">
+      <c r="C133" t="s">
         <v>776</v>
       </c>
-      <c r="C133" t="s">
+      <c r="D133" t="s">
         <v>777</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>778</v>
       </c>
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>779</v>
-      </c>
-[...1 lines deleted...]
-        <v>780</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
+        <v>780</v>
+      </c>
+      <c r="B134" t="s">
         <v>781</v>
       </c>
-      <c r="B134" t="s">
+      <c r="C134" t="s">
         <v>782</v>
       </c>
-      <c r="C134" t="s">
+      <c r="D134" t="s">
         <v>783</v>
       </c>
-      <c r="D134" t="s">
+      <c r="E134" t="s">
         <v>784</v>
       </c>
-      <c r="E134" t="s">
+      <c r="F134" t="s">
         <v>785</v>
-      </c>
-[...1 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
+        <v>786</v>
+      </c>
+      <c r="B135" t="s">
         <v>787</v>
       </c>
-      <c r="B135" t="s">
+      <c r="C135" t="s">
         <v>788</v>
       </c>
-      <c r="C135" t="s">
+      <c r="D135" t="s">
         <v>789</v>
       </c>
-      <c r="D135" t="s">
+      <c r="E135" t="s">
         <v>790</v>
       </c>
-      <c r="E135" t="s">
+      <c r="F135" t="s">
         <v>791</v>
-      </c>
-[...1 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
+        <v>792</v>
+      </c>
+      <c r="B136" t="s">
         <v>793</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
         <v>794</v>
       </c>
-      <c r="C136" t="s">
+      <c r="D136" t="s">
         <v>795</v>
       </c>
-      <c r="D136" t="s">
+      <c r="E136" t="s">
         <v>796</v>
       </c>
-      <c r="E136" t="s">
+      <c r="F136" t="s">
         <v>797</v>
-      </c>
-[...1 lines deleted...]
-        <v>798</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
+        <v>798</v>
+      </c>
+      <c r="B137" t="s">
         <v>799</v>
       </c>
-      <c r="B137" t="s">
+      <c r="C137" t="s">
         <v>800</v>
       </c>
-      <c r="C137" t="s">
+      <c r="D137" t="s">
         <v>801</v>
       </c>
-      <c r="D137" t="s">
+      <c r="E137" t="s">
         <v>802</v>
       </c>
-      <c r="E137" t="s">
+      <c r="F137" t="s">
         <v>803</v>
-      </c>
-[...1 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
+        <v>804</v>
+      </c>
+      <c r="B138" t="s">
         <v>805</v>
       </c>
-      <c r="B138" t="s">
+      <c r="C138" t="s">
         <v>806</v>
       </c>
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>807</v>
       </c>
-      <c r="D138" t="s">
+      <c r="E138" t="s">
         <v>808</v>
       </c>
-      <c r="E138" t="s">
+      <c r="F138" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
+        <v>810</v>
+      </c>
+      <c r="B139" t="s">
         <v>811</v>
       </c>
-      <c r="B139" t="s">
+      <c r="C139" t="s">
         <v>812</v>
       </c>
-      <c r="C139" t="s">
+      <c r="D139" t="s">
         <v>813</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" t="s">
         <v>814</v>
       </c>
-      <c r="E139" t="s">
+      <c r="F139" t="s">
         <v>815</v>
-      </c>
-[...1 lines deleted...]
-        <v>816</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
+        <v>816</v>
+      </c>
+      <c r="B140" t="s">
         <v>817</v>
       </c>
-      <c r="B140" t="s">
+      <c r="C140" t="s">
         <v>818</v>
       </c>
-      <c r="C140" t="s">
+      <c r="D140" t="s">
         <v>819</v>
       </c>
-      <c r="D140" t="s">
+      <c r="E140" t="s">
         <v>820</v>
       </c>
-      <c r="E140" t="s">
+      <c r="F140" t="s">
         <v>821</v>
-      </c>
-[...1 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
+        <v>822</v>
+      </c>
+      <c r="B141" t="s">
         <v>823</v>
       </c>
-      <c r="B141" t="s">
+      <c r="C141" t="s">
         <v>824</v>
       </c>
-      <c r="C141" t="s">
+      <c r="D141" t="s">
         <v>825</v>
       </c>
-      <c r="D141" t="s">
+      <c r="E141" t="s">
         <v>826</v>
       </c>
-      <c r="E141" t="s">
+      <c r="F141" t="s">
         <v>827</v>
-      </c>
-[...1 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
+        <v>828</v>
+      </c>
+      <c r="B142" t="s">
         <v>829</v>
       </c>
-      <c r="B142" t="s">
+      <c r="C142" t="s">
         <v>830</v>
       </c>
-      <c r="C142" t="s">
+      <c r="D142" t="s">
         <v>831</v>
       </c>
-      <c r="D142" t="s">
+      <c r="E142" t="s">
         <v>832</v>
       </c>
-      <c r="E142" t="s">
+      <c r="F142" t="s">
         <v>833</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
+        <v>834</v>
+      </c>
+      <c r="B143" t="s">
         <v>835</v>
       </c>
-      <c r="B143" t="s">
+      <c r="C143" t="s">
         <v>836</v>
       </c>
-      <c r="C143" t="s">
+      <c r="D143" t="s">
         <v>837</v>
       </c>
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>838</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
+        <v>840</v>
+      </c>
+      <c r="B144" t="s">
         <v>841</v>
       </c>
-      <c r="B144" t="s">
+      <c r="C144" t="s">
         <v>842</v>
       </c>
-      <c r="C144" t="s">
+      <c r="D144" t="s">
         <v>843</v>
       </c>
-      <c r="D144" t="s">
+      <c r="E144" t="s">
         <v>844</v>
       </c>
-      <c r="E144" t="s">
+      <c r="F144" t="s">
         <v>845</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
+        <v>846</v>
+      </c>
+      <c r="B145" t="s">
         <v>847</v>
       </c>
-      <c r="B145" t="s">
+      <c r="C145" t="s">
         <v>848</v>
       </c>
-      <c r="C145" t="s">
+      <c r="D145" t="s">
         <v>849</v>
       </c>
-      <c r="D145" t="s">
+      <c r="E145" t="s">
         <v>850</v>
       </c>
-      <c r="E145" t="s">
+      <c r="F145" t="s">
         <v>851</v>
-      </c>
-[...1 lines deleted...]
-        <v>852</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
+        <v>852</v>
+      </c>
+      <c r="B146" t="s">
         <v>853</v>
       </c>
-      <c r="B146" t="s">
+      <c r="C146" t="s">
         <v>854</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>855</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" t="s">
         <v>856</v>
       </c>
-      <c r="E146" t="s">
+      <c r="F146" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
+        <v>858</v>
+      </c>
+      <c r="B147" t="s">
         <v>859</v>
       </c>
-      <c r="B147" t="s">
+      <c r="C147" t="s">
         <v>860</v>
       </c>
-      <c r="C147" t="s">
+      <c r="D147"/>
+      <c r="E147" t="s">
         <v>861</v>
       </c>
-      <c r="D147" t="s">
+      <c r="F147" t="s">
         <v>862</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
+        <v>863</v>
+      </c>
+      <c r="B148" t="s">
+        <v>864</v>
+      </c>
+      <c r="C148" t="s">
         <v>865</v>
       </c>
-      <c r="B148" t="s">
+      <c r="D148" t="s">
         <v>866</v>
       </c>
-      <c r="C148" t="s">
+      <c r="E148" t="s">
         <v>867</v>
       </c>
-      <c r="D148"/>
-      <c r="E148" t="s">
+      <c r="F148" t="s">
         <v>868</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
+        <v>869</v>
+      </c>
+      <c r="B149" t="s">
         <v>870</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149" t="s">
         <v>871</v>
       </c>
-      <c r="C149" t="s">
+      <c r="D149" t="s">
         <v>872</v>
       </c>
-      <c r="D149" t="s">
+      <c r="E149" t="s">
         <v>873</v>
       </c>
-      <c r="E149" t="s">
+      <c r="F149" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
+        <v>875</v>
+      </c>
+      <c r="B150" t="s">
         <v>876</v>
       </c>
-      <c r="B150" t="s">
+      <c r="C150" t="s">
         <v>877</v>
       </c>
-      <c r="C150" t="s">
+      <c r="D150" t="s">
         <v>878</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>879</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
         <v>880</v>
-      </c>
-[...1 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
+        <v>881</v>
+      </c>
+      <c r="B151" t="s">
         <v>882</v>
       </c>
-      <c r="B151" t="s">
+      <c r="C151" t="s">
         <v>883</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151"/>
+      <c r="E151" t="s">
         <v>884</v>
       </c>
-      <c r="D151" t="s">
+      <c r="F151" t="s">
         <v>885</v>
-      </c>
-[...4 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
+        <v>886</v>
+      </c>
+      <c r="B152" t="s">
+        <v>887</v>
+      </c>
+      <c r="C152" t="s">
         <v>888</v>
       </c>
-      <c r="B152" t="s">
+      <c r="D152" t="s">
         <v>889</v>
       </c>
-      <c r="C152" t="s">
+      <c r="E152" t="s">
         <v>890</v>
       </c>
-      <c r="D152"/>
-      <c r="E152" t="s">
+      <c r="F152" t="s">
         <v>891</v>
-      </c>
-[...1 lines deleted...]
-        <v>892</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
+        <v>892</v>
+      </c>
+      <c r="B153" t="s">
         <v>893</v>
       </c>
-      <c r="B153" t="s">
+      <c r="C153" t="s">
         <v>894</v>
       </c>
-      <c r="C153" t="s">
+      <c r="D153"/>
+      <c r="E153" t="s">
         <v>895</v>
       </c>
-      <c r="D153" t="s">
+      <c r="F153" t="s">
         <v>896</v>
-      </c>
-[...4 lines deleted...]
-        <v>898</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
+        <v>897</v>
+      </c>
+      <c r="B154" t="s">
+        <v>898</v>
+      </c>
+      <c r="C154" t="s">
         <v>899</v>
       </c>
-      <c r="B154" t="s">
+      <c r="D154" t="s">
         <v>900</v>
       </c>
-      <c r="C154" t="s">
+      <c r="E154" t="s">
         <v>901</v>
       </c>
-      <c r="D154" t="s">
+      <c r="F154" t="s">
         <v>902</v>
-      </c>
-[...4 lines deleted...]
-        <v>904</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
+        <v>903</v>
+      </c>
+      <c r="B155" t="s">
+        <v>904</v>
+      </c>
+      <c r="C155" t="s">
         <v>905</v>
       </c>
-      <c r="B155" t="s">
+      <c r="D155" t="s">
         <v>906</v>
       </c>
-      <c r="C155" t="s">
+      <c r="E155" t="s">
         <v>907</v>
       </c>
-      <c r="D155"/>
-      <c r="E155" t="s">
+      <c r="F155" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
+        <v>909</v>
+      </c>
+      <c r="B156" t="s">
         <v>910</v>
       </c>
-      <c r="B156" t="s">
+      <c r="C156" t="s">
         <v>911</v>
       </c>
-      <c r="C156" t="s">
+      <c r="D156" t="s">
         <v>912</v>
       </c>
-      <c r="D156" t="s">
+      <c r="E156" t="s">
         <v>913</v>
       </c>
-      <c r="E156" t="s">
+      <c r="F156" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
+        <v>915</v>
+      </c>
+      <c r="B157" t="s">
         <v>916</v>
       </c>
-      <c r="B157" t="s">
+      <c r="C157" t="s">
         <v>917</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D157" t="s">
         <v>918</v>
       </c>
-      <c r="D157" t="s">
+      <c r="E157" t="s">
         <v>919</v>
       </c>
-      <c r="E157" t="s">
+      <c r="F157" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
+        <v>921</v>
+      </c>
+      <c r="B158" t="s">
         <v>922</v>
       </c>
-      <c r="B158" t="s">
+      <c r="C158" t="s">
         <v>923</v>
       </c>
-      <c r="C158" t="s">
+      <c r="D158" t="s">
         <v>924</v>
       </c>
-      <c r="D158" t="s">
+      <c r="E158" t="s">
         <v>925</v>
       </c>
-      <c r="E158" t="s">
+      <c r="F158" t="s">
         <v>926</v>
-      </c>
-[...1 lines deleted...]
-        <v>927</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
+        <v>927</v>
+      </c>
+      <c r="B159" t="s">
         <v>928</v>
       </c>
-      <c r="B159" t="s">
+      <c r="C159" t="s">
         <v>929</v>
       </c>
-      <c r="C159" t="s">
+      <c r="D159" t="s">
         <v>930</v>
       </c>
-      <c r="D159" t="s">
+      <c r="E159" t="s">
         <v>931</v>
       </c>
-      <c r="E159" t="s">
+      <c r="F159" t="s">
         <v>932</v>
-      </c>
-[...1 lines deleted...]
-        <v>933</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
+        <v>933</v>
+      </c>
+      <c r="B160" t="s">
         <v>934</v>
       </c>
-      <c r="B160" t="s">
+      <c r="C160" t="s">
         <v>935</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160"/>
+      <c r="E160" t="s">
         <v>936</v>
       </c>
-      <c r="D160" t="s">
+      <c r="F160" t="s">
         <v>937</v>
-      </c>
-[...4 lines deleted...]
-        <v>939</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
+        <v>938</v>
+      </c>
+      <c r="B161" t="s">
+        <v>939</v>
+      </c>
+      <c r="C161" t="s">
         <v>940</v>
       </c>
-      <c r="B161" t="s">
+      <c r="D161" t="s">
         <v>941</v>
       </c>
-      <c r="C161" t="s">
+      <c r="E161" t="s">
         <v>942</v>
       </c>
-      <c r="D161" t="s">
+      <c r="F161" t="s">
         <v>943</v>
-      </c>
-[...4 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
+        <v>944</v>
+      </c>
+      <c r="B162" t="s">
+        <v>945</v>
+      </c>
+      <c r="C162" t="s">
         <v>946</v>
       </c>
-      <c r="B162" t="s">
+      <c r="D162" t="s">
         <v>947</v>
       </c>
-      <c r="C162" t="s">
+      <c r="E162" t="s">
         <v>948</v>
       </c>
-      <c r="D162"/>
-      <c r="E162" t="s">
+      <c r="F162" t="s">
         <v>949</v>
-      </c>
-[...1 lines deleted...]
-        <v>950</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
+        <v>950</v>
+      </c>
+      <c r="B163" t="s">
         <v>951</v>
       </c>
-      <c r="B163" t="s">
+      <c r="C163" t="s">
         <v>952</v>
       </c>
-      <c r="C163" t="s">
+      <c r="D163" t="s">
         <v>953</v>
       </c>
-      <c r="D163" t="s">
+      <c r="E163" t="s">
         <v>954</v>
       </c>
-      <c r="E163" t="s">
+      <c r="F163" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
+        <v>956</v>
+      </c>
+      <c r="B164" t="s">
         <v>957</v>
       </c>
-      <c r="B164" t="s">
+      <c r="C164" t="s">
         <v>958</v>
       </c>
-      <c r="C164" t="s">
+      <c r="D164" t="s">
         <v>959</v>
       </c>
-      <c r="D164" t="s">
+      <c r="E164" t="s">
         <v>960</v>
       </c>
-      <c r="E164" t="s">
+      <c r="F164" t="s">
         <v>961</v>
-      </c>
-[...1 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
+        <v>962</v>
+      </c>
+      <c r="B165" t="s">
         <v>963</v>
       </c>
-      <c r="B165" t="s">
+      <c r="C165" t="s">
         <v>964</v>
       </c>
-      <c r="C165" t="s">
+      <c r="D165" t="s">
         <v>965</v>
       </c>
-      <c r="D165" t="s">
+      <c r="E165" t="s">
         <v>966</v>
       </c>
-      <c r="E165" t="s">
+      <c r="F165" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
+        <v>968</v>
+      </c>
+      <c r="B166" t="s">
         <v>969</v>
       </c>
-      <c r="B166" t="s">
+      <c r="C166" t="s">
         <v>970</v>
       </c>
-      <c r="C166" t="s">
+      <c r="D166" t="s">
         <v>971</v>
       </c>
-      <c r="D166" t="s">
+      <c r="E166" t="s">
         <v>972</v>
       </c>
-      <c r="E166" t="s">
+      <c r="F166" t="s">
         <v>973</v>
-      </c>
-[...1 lines deleted...]
-        <v>974</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
+        <v>974</v>
+      </c>
+      <c r="B167" t="s">
         <v>975</v>
       </c>
-      <c r="B167" t="s">
+      <c r="C167" t="s">
         <v>976</v>
       </c>
-      <c r="C167" t="s">
+      <c r="D167" t="s">
         <v>977</v>
       </c>
-      <c r="D167" t="s">
+      <c r="E167" t="s">
         <v>978</v>
       </c>
-      <c r="E167" t="s">
+      <c r="F167" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
+        <v>980</v>
+      </c>
+      <c r="B168" t="s">
         <v>981</v>
       </c>
-      <c r="B168" t="s">
+      <c r="C168" t="s">
         <v>982</v>
       </c>
-      <c r="C168" t="s">
+      <c r="D168" t="s">
         <v>983</v>
       </c>
-      <c r="D168" t="s">
+      <c r="E168" t="s">
         <v>984</v>
       </c>
-      <c r="E168" t="s">
+      <c r="F168" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
+        <v>986</v>
+      </c>
+      <c r="B169" t="s">
         <v>987</v>
       </c>
-      <c r="B169" t="s">
+      <c r="C169" t="s">
         <v>988</v>
       </c>
-      <c r="C169" t="s">
+      <c r="D169" t="s">
         <v>989</v>
       </c>
-      <c r="D169" t="s">
+      <c r="E169" t="s">
         <v>990</v>
       </c>
-      <c r="E169" t="s">
+      <c r="F169" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
+        <v>992</v>
+      </c>
+      <c r="B170" t="s">
         <v>993</v>
       </c>
-      <c r="B170" t="s">
+      <c r="C170" t="s">
         <v>994</v>
       </c>
-      <c r="C170" t="s">
+      <c r="D170" t="s">
         <v>995</v>
       </c>
-      <c r="D170" t="s">
+      <c r="E170" t="s">
         <v>996</v>
       </c>
-      <c r="E170" t="s">
+      <c r="F170" t="s">
         <v>997</v>
-      </c>
-[...1 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
+        <v>998</v>
+      </c>
+      <c r="B171" t="s">
         <v>999</v>
       </c>
-      <c r="B171" t="s">
+      <c r="C171" t="s">
         <v>1000</v>
       </c>
-      <c r="C171" t="s">
+      <c r="D171" t="s">
         <v>1001</v>
       </c>
-      <c r="D171" t="s">
+      <c r="E171" t="s">
         <v>1002</v>
       </c>
-      <c r="E171" t="s">
+      <c r="F171" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>1004</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B172" t="s">
         <v>1005</v>
       </c>
-      <c r="B172" t="s">
+      <c r="C172" t="s">
         <v>1006</v>
       </c>
-      <c r="C172" t="s">
+      <c r="D172" t="s">
         <v>1007</v>
       </c>
-      <c r="D172" t="s">
+      <c r="E172" t="s">
         <v>1008</v>
       </c>
-      <c r="E172" t="s">
+      <c r="F172" t="s">
         <v>1009</v>
-      </c>
-[...1 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
+        <v>1010</v>
+      </c>
+      <c r="B173" t="s">
         <v>1011</v>
       </c>
-      <c r="B173" t="s">
+      <c r="C173" t="s">
         <v>1012</v>
       </c>
-      <c r="C173" t="s">
+      <c r="D173" t="s">
         <v>1013</v>
       </c>
-      <c r="D173" t="s">
+      <c r="E173" t="s">
         <v>1014</v>
       </c>
-      <c r="E173" t="s">
+      <c r="F173" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>1016</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B174" t="s">
         <v>1017</v>
       </c>
-      <c r="B174" t="s">
+      <c r="C174" t="s">
         <v>1018</v>
       </c>
-      <c r="C174" t="s">
+      <c r="D174" t="s">
         <v>1019</v>
       </c>
-      <c r="D174" t="s">
+      <c r="E174" t="s">
         <v>1020</v>
       </c>
-      <c r="E174" t="s">
+      <c r="F174" t="s">
         <v>1021</v>
-      </c>
-[...1 lines deleted...]
-        <v>1022</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B175" t="s">
         <v>1023</v>
       </c>
-      <c r="B175" t="s">
+      <c r="C175" t="s">
         <v>1024</v>
       </c>
-      <c r="C175" t="s">
+      <c r="D175" t="s">
         <v>1025</v>
       </c>
-      <c r="D175" t="s">
+      <c r="E175" t="s">
         <v>1026</v>
       </c>
-      <c r="E175" t="s">
+      <c r="F175" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B176" t="s">
         <v>1029</v>
       </c>
-      <c r="B176" t="s">
+      <c r="C176" t="s">
         <v>1030</v>
       </c>
-      <c r="C176" t="s">
+      <c r="D176" t="s">
         <v>1031</v>
       </c>
-      <c r="D176" t="s">
+      <c r="E176"/>
+      <c r="F176" t="s">
         <v>1032</v>
-      </c>
-[...4 lines deleted...]
-        <v>1034</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C177" t="s">
         <v>1035</v>
       </c>
-      <c r="B177" t="s">
+      <c r="D177" t="s">
         <v>1036</v>
       </c>
-      <c r="C177" t="s">
+      <c r="E177" t="s">
         <v>1037</v>
       </c>
-      <c r="D177" t="s">
+      <c r="F177" t="s">
         <v>1038</v>
-      </c>
-[...4 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C178" t="s">
         <v>1041</v>
       </c>
-      <c r="B178" t="s">
+      <c r="D178" t="s">
         <v>1042</v>
       </c>
-      <c r="C178" t="s">
+      <c r="E178" t="s">
         <v>1043</v>
       </c>
-      <c r="D178" t="s">
+      <c r="F178" t="s">
         <v>1044</v>
-      </c>
-[...2 lines deleted...]
-        <v>1045</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B179" t="s">
         <v>1046</v>
       </c>
-      <c r="B179" t="s">
+      <c r="C179" t="s">
         <v>1047</v>
       </c>
-      <c r="C179" t="s">
+      <c r="D179" t="s">
         <v>1048</v>
       </c>
-      <c r="D179" t="s">
+      <c r="E179" t="s">
         <v>1049</v>
       </c>
-      <c r="E179" t="s">
+      <c r="F179" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B180" t="s">
         <v>1052</v>
       </c>
-      <c r="B180" t="s">
+      <c r="C180" t="s">
         <v>1053</v>
       </c>
-      <c r="C180" t="s">
+      <c r="D180"/>
+      <c r="E180" t="s">
         <v>1054</v>
       </c>
-      <c r="D180" t="s">
+      <c r="F180" t="s">
         <v>1055</v>
-      </c>
-[...4 lines deleted...]
-        <v>1057</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B181" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C181" t="s">
         <v>1058</v>
       </c>
-      <c r="B181" t="s">
+      <c r="D181" t="s">
         <v>1059</v>
       </c>
-      <c r="C181" t="s">
+      <c r="E181" t="s">
         <v>1060</v>
       </c>
-      <c r="D181" t="s">
+      <c r="F181" t="s">
         <v>1061</v>
-      </c>
-[...4 lines deleted...]
-        <v>1063</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B182" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C182" t="s">
         <v>1064</v>
       </c>
-      <c r="B182" t="s">
+      <c r="D182" t="s">
         <v>1065</v>
       </c>
-      <c r="C182" t="s">
+      <c r="E182" t="s">
         <v>1066</v>
       </c>
-      <c r="D182"/>
-      <c r="E182" t="s">
+      <c r="F182" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B183" t="s">
         <v>1069</v>
       </c>
-      <c r="B183" t="s">
+      <c r="C183" t="s">
         <v>1070</v>
       </c>
-      <c r="C183" t="s">
+      <c r="D183" t="s">
         <v>1071</v>
       </c>
-      <c r="D183" t="s">
+      <c r="E183" t="s">
         <v>1072</v>
       </c>
-      <c r="E183" t="s">
+      <c r="F183" t="s">
         <v>1073</v>
-      </c>
-[...1 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B184" t="s">
         <v>1075</v>
       </c>
-      <c r="B184" t="s">
+      <c r="C184" t="s">
         <v>1076</v>
       </c>
-      <c r="C184" t="s">
+      <c r="D184" t="s">
         <v>1077</v>
       </c>
-      <c r="D184" t="s">
+      <c r="E184" t="s">
         <v>1078</v>
       </c>
-      <c r="E184" t="s">
+      <c r="F184" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B185" t="s">
         <v>1081</v>
       </c>
-      <c r="B185" t="s">
+      <c r="C185" t="s">
         <v>1082</v>
       </c>
-      <c r="C185" t="s">
+      <c r="D185" t="s">
         <v>1083</v>
       </c>
-      <c r="D185" t="s">
+      <c r="E185" t="s">
         <v>1084</v>
       </c>
-      <c r="E185" t="s">
+      <c r="F185" t="s">
         <v>1085</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B186" t="s">
         <v>1087</v>
       </c>
-      <c r="B186" t="s">
+      <c r="C186" t="s">
         <v>1088</v>
       </c>
-      <c r="C186" t="s">
+      <c r="D186" t="s">
         <v>1089</v>
       </c>
-      <c r="D186" t="s">
+      <c r="E186" t="s">
         <v>1090</v>
       </c>
-      <c r="E186" t="s">
+      <c r="F186" t="s">
         <v>1091</v>
-      </c>
-[...1 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B187" t="s">
         <v>1093</v>
       </c>
-      <c r="B187" t="s">
+      <c r="C187" t="s">
         <v>1094</v>
       </c>
-      <c r="C187" t="s">
+      <c r="D187" t="s">
         <v>1095</v>
       </c>
-      <c r="D187" t="s">
+      <c r="E187" t="s">
         <v>1096</v>
       </c>
-      <c r="E187" t="s">
+      <c r="F187" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B188" t="s">
         <v>1099</v>
       </c>
-      <c r="B188" t="s">
+      <c r="C188" t="s">
         <v>1100</v>
       </c>
-      <c r="C188" t="s">
+      <c r="D188" t="s">
         <v>1101</v>
       </c>
-      <c r="D188" t="s">
+      <c r="E188" t="s">
         <v>1102</v>
       </c>
-      <c r="E188" t="s">
+      <c r="F188" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B189" t="s">
         <v>1105</v>
       </c>
-      <c r="B189" t="s">
+      <c r="C189" t="s">
         <v>1106</v>
       </c>
-      <c r="C189" t="s">
+      <c r="D189" t="s">
         <v>1107</v>
       </c>
-      <c r="D189" t="s">
+      <c r="E189" t="s">
         <v>1108</v>
       </c>
-      <c r="E189" t="s">
+      <c r="F189" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1110</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B190" t="s">
         <v>1111</v>
       </c>
-      <c r="B190" t="s">
+      <c r="C190" t="s">
         <v>1112</v>
       </c>
-      <c r="C190" t="s">
+      <c r="D190" t="s">
         <v>1113</v>
       </c>
-      <c r="D190" t="s">
+      <c r="E190" t="s">
         <v>1114</v>
       </c>
-      <c r="E190" t="s">
+      <c r="F190" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B191" t="s">
         <v>1117</v>
       </c>
-      <c r="B191" t="s">
+      <c r="C191" t="s">
         <v>1118</v>
       </c>
-      <c r="C191" t="s">
+      <c r="D191" t="s">
         <v>1119</v>
       </c>
-      <c r="D191" t="s">
+      <c r="E191" t="s">
         <v>1120</v>
       </c>
-      <c r="E191" t="s">
+      <c r="F191" t="s">
         <v>1121</v>
-      </c>
-[...1 lines deleted...]
-        <v>1122</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B192" t="s">
         <v>1123</v>
       </c>
-      <c r="B192" t="s">
+      <c r="C192" t="s">
         <v>1124</v>
       </c>
-      <c r="C192" t="s">
+      <c r="D192" t="s">
         <v>1125</v>
       </c>
-      <c r="D192" t="s">
+      <c r="E192" t="s">
         <v>1126</v>
       </c>
-      <c r="E192" t="s">
+      <c r="F192" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B193" t="s">
         <v>1129</v>
       </c>
-      <c r="B193" t="s">
+      <c r="C193" t="s">
         <v>1130</v>
       </c>
-      <c r="C193" t="s">
+      <c r="D193" t="s">
         <v>1131</v>
       </c>
-      <c r="D193" t="s">
+      <c r="E193" t="s">
         <v>1132</v>
       </c>
-      <c r="E193" t="s">
+      <c r="F193" t="s">
         <v>1133</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B194" t="s">
         <v>1135</v>
       </c>
-      <c r="B194" t="s">
+      <c r="C194" t="s">
         <v>1136</v>
       </c>
-      <c r="C194" t="s">
+      <c r="D194" t="s">
         <v>1137</v>
       </c>
-      <c r="D194" t="s">
+      <c r="E194" t="s">
         <v>1138</v>
       </c>
-      <c r="E194" t="s">
+      <c r="F194" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B195" t="s">
         <v>1141</v>
       </c>
-      <c r="B195" t="s">
+      <c r="C195" t="s">
         <v>1142</v>
       </c>
-      <c r="C195" t="s">
+      <c r="D195" t="s">
         <v>1143</v>
       </c>
-      <c r="D195" t="s">
+      <c r="E195" t="s">
         <v>1144</v>
       </c>
-      <c r="E195" t="s">
+      <c r="F195" t="s">
         <v>1145</v>
-      </c>
-[...1 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B196" t="s">
         <v>1147</v>
       </c>
-      <c r="B196" t="s">
+      <c r="C196" t="s">
         <v>1148</v>
       </c>
-      <c r="C196" t="s">
+      <c r="D196" t="s">
         <v>1149</v>
       </c>
-      <c r="D196" t="s">
+      <c r="E196" t="s">
         <v>1150</v>
       </c>
-      <c r="E196" t="s">
+      <c r="F196" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B197" t="s">
         <v>1153</v>
       </c>
-      <c r="B197" t="s">
+      <c r="C197" t="s">
         <v>1154</v>
       </c>
-      <c r="C197" t="s">
+      <c r="D197" t="s">
         <v>1155</v>
       </c>
-      <c r="D197" t="s">
+      <c r="E197" t="s">
         <v>1156</v>
       </c>
-      <c r="E197" t="s">
+      <c r="F197" t="s">
         <v>1157</v>
-      </c>
-[...1 lines deleted...]
-        <v>1158</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B198" t="s">
         <v>1159</v>
       </c>
-      <c r="B198" t="s">
+      <c r="C198" t="s">
         <v>1160</v>
       </c>
-      <c r="C198" t="s">
+      <c r="D198" t="s">
         <v>1161</v>
       </c>
-      <c r="D198" t="s">
+      <c r="E198" t="s">
         <v>1162</v>
       </c>
-      <c r="E198" t="s">
+      <c r="F198" t="s">
         <v>1163</v>
-      </c>
-[...41 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">